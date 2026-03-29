--- v0 (2025-10-08)
+++ v1 (2026-03-29)
@@ -1,712 +1,977 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5363AFE9" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="006646AD">
+    <w:p w14:paraId="5363AFE9" w14:textId="288548AD" w:rsidR="006646AD" w:rsidRDefault="00042FE6" w:rsidP="009345C0">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9214"/>
+        </w:tabs>
         <w:ind w:left="6521"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                                                                            PATVIRTINTA</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006646AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                                      PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="326058C2" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="006646AD">
+    <w:p w14:paraId="326058C2" w14:textId="15BE4DF5" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="006646AD">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                                       Kupiškio r. Alizavos pagrindinės </w:t>
+        <w:t xml:space="preserve">                                                                                                                               </w:t>
+      </w:r>
+      <w:r w:rsidR="009345C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kupiškio r. Alizavos pagrindinės </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3539DF85" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="006646AD">
+    <w:p w14:paraId="3539DF85" w14:textId="555973A6" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="006646AD">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                      mokyklos direktoriaus</w:t>
+        <w:t xml:space="preserve">                                                                                                              </w:t>
+      </w:r>
+      <w:r w:rsidR="009345C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokyklos direktoriaus</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0840D161" w14:textId="1224C9E8" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="006646AD">
+    <w:p w14:paraId="0840D161" w14:textId="7602B415" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="009345C0">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                      </w:t>
       </w:r>
       <w:r w:rsidR="006132B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
+      <w:r w:rsidR="009345C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
       <w:r w:rsidR="00866122">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2025</w:t>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="009345C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="004D74AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>. vasario</w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="007F05DC">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> 4</w:t>
+      <w:r w:rsidR="00042FE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kovo 20 </w:t>
       </w:r>
       <w:r w:rsidRPr="004D74AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> d.</w:t>
+        <w:t>d.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> įsakymu Nr. </w:t>
       </w:r>
-      <w:r w:rsidR="007F05DC">
-[...5 lines deleted...]
-        <w:t>9</w:t>
+      <w:r w:rsidR="00042FE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>V-28</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39AD2478" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="006646AD">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="425CEC35" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="006646AD">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>KUPIŠKIO R. ALIZAVOS PAGRINDINĖS MOKYKLOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01DE7437" w14:textId="17812909" w:rsidR="006646AD" w:rsidRDefault="00866122" w:rsidP="006646AD">
-      <w:pPr>
+    <w:p w14:paraId="01DE7437" w14:textId="1C41E71F" w:rsidR="006646AD" w:rsidRPr="009345C0" w:rsidRDefault="00042FE6" w:rsidP="009345C0">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>2025</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006646AD">
+      <w:r w:rsidR="006646AD" w:rsidRPr="009345C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> METŲ VEIKLOS PLANAS</w:t>
+        <w:t>METŲ VEIKLOS PLANAS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E1D15FB" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="006646AD">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4CE11A46" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="006646AD">
+    <w:p w14:paraId="4CE11A46" w14:textId="401714DC" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="00A27848">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="15"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5529"/>
+        </w:tabs>
+        <w:ind w:left="1985" w:hanging="185"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>BENDROSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72B9C2F9" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="006646AD">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B338B52" w14:textId="77777777" w:rsidR="00866122" w:rsidRDefault="006646AD" w:rsidP="00866122">
+    <w:p w14:paraId="5B338B52" w14:textId="0E81CCDD" w:rsidR="00866122" w:rsidRDefault="006646AD" w:rsidP="00C251AB">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="2127"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Kupiškio r. Alizavos pagrindinės m</w:t>
       </w:r>
       <w:r w:rsidR="00866122">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>okyklos (toliau – Mokyklos) 2025</w:t>
+        <w:t>okyklos (toliau – Mokyklos) 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00C251AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> m. veiklos planas (toliau – planas) sudarytas atsižvelgus į strateginį rajono ir mokyklos planą, švietimo būklę, bendruomenės poreikius, nustato Mokyklos tikslus ir uždavinius, apibrėžia prioritetus ir priemones uždaviniams vykdyti.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67ABC662" w14:textId="23355EFF" w:rsidR="006646AD" w:rsidRPr="00866122" w:rsidRDefault="006646AD" w:rsidP="00866122">
+    <w:p w14:paraId="67ABC662" w14:textId="1EE2B107" w:rsidR="006646AD" w:rsidRPr="00C251AB" w:rsidRDefault="006646AD" w:rsidP="00C251AB">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="2127"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00866122">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Planas parengtas vadovaujantis Kupiškio rajono savivaldybės 2020–2030 metų strateginiu plėtros planu, patvirtintu Kupiškio rajono savivaldybės tarybos 2020 m. kovo 19 d. sprendimu Nr. TS-74; „Geros mokyklos koncepcija“, patvirtinta Lietuvos Respublikos Švietimo ir  mokslo ministro 2015 m. gruodžio 21 d. įsakymu Nr. V-1308, Kupiškio r. Alizavos pagrindinės moky</w:t>
+        <w:t>Planas parengtas vadovaujantis Kupiškio rajono savivaldybės 2020–2030 metų strateginiu plėtros planu, patvirtintu Kupiškio rajono savivaldybės tarybos 2020 m. kovo 19 d. sprendimu Nr. TS-74;</w:t>
+      </w:r>
+      <w:r w:rsidR="00703F93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A57170">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kupiškio rajono savivaldybės 2026–2028 metų strateginiu veiklos planu, patvirtintu Kupiškio rajono savivaldybės tarybos 2026 m. vasario 12 d. sprendimu Nr. TS-23</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00866122">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Kupiškio r. Alizavos pagrindinės moky</w:t>
       </w:r>
       <w:r w:rsidR="00866122" w:rsidRPr="00866122">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>klos strateginiu planu 2024</w:t>
+        <w:t>klos strateginiu 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00C251AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00B33832" w:rsidRPr="00866122">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="00866122" w:rsidRPr="00866122">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2026</w:t>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00C251AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00866122">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> m., patvirtintu Kupiškio r. </w:t>
+        <w:t xml:space="preserve"> m.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A57170" w:rsidRPr="00A57170">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A57170">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">veiklos </w:t>
+      </w:r>
+      <w:r w:rsidR="00A57170" w:rsidRPr="00866122">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>planu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00866122">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, patvirtintu Kupiškio r. </w:t>
       </w:r>
       <w:r w:rsidRPr="000C5560">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Alizavos pagrindinės mokyklos</w:t>
       </w:r>
       <w:r w:rsidR="00866122" w:rsidRPr="000C5560">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> direktoriaus 2024 m. birželio</w:t>
+        <w:t xml:space="preserve"> direktoriaus 202</w:t>
       </w:r>
-      <w:r w:rsidR="00DC6627" w:rsidRPr="000C5560">
+      <w:r w:rsidR="00C251AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00866122" w:rsidRPr="000C5560">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m. </w:t>
+      </w:r>
+      <w:r w:rsidR="002107AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kovo</w:t>
+      </w:r>
+      <w:r w:rsidR="00C251AB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="002107AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
       <w:r w:rsidR="00866122" w:rsidRPr="000C5560">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>7 d. įsakymu Nr. V-44</w:t>
+        <w:t xml:space="preserve"> d. įsakymu Nr. V-</w:t>
       </w:r>
-      <w:r w:rsidRPr="000C5560">
+      <w:r w:rsidR="002107AF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, 2</w:t>
+        <w:t>18</w:t>
       </w:r>
-      <w:r w:rsidR="000C5560" w:rsidRPr="000C5560">
+      <w:r w:rsidR="00A57170">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>025</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> metų mokyklos vidaus įsivertinimo ir pažangos anketa.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43E680A8" w14:textId="12A6A28A" w:rsidR="006646AD" w:rsidRPr="002A350B" w:rsidRDefault="006646AD" w:rsidP="002A350B">
+    <w:p w14:paraId="46567FFB" w14:textId="4C255754" w:rsidR="006B4FEA" w:rsidRPr="006B4FEA" w:rsidRDefault="006646AD" w:rsidP="001B2746">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1560"/>
+          <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="2127"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:firstLine="1211"/>
+        <w:ind w:left="0" w:firstLine="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A350B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Planą įgyvendins Mokyklos administracija, Skyrius, pedagoginiai ir kiti pedagoginiame procese dalyvaujantys specialistai, nepedagoginiai darbuotojai, ugdytiniai ir jų tėvai/globėjai.</w:t>
+        <w:t>Planą įgyvendins Mokyklos administracija,  pedagog</w:t>
       </w:r>
-    </w:p>
-[...18 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidR="00C251AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A350B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir kiti pedagoginiame procese dalyvaujantys specialistai, nepedagoginiai darbuotojai, </w:t>
+      </w:r>
+      <w:r w:rsidR="006B4FEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A350B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ugdytiniai ir jų tėvai/globėjai</w:t>
+      </w:r>
+      <w:r w:rsidR="006B4FEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0ACB61C0" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="006646AD">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>STRATEGINIS TIKSLAS, METINIAI VEIKLOS TIKSLAI IR UŽDAVINIAI</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3771C357" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="006646AD">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="225FAA1D" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="006646AD">
+    <w:p w14:paraId="641195C4" w14:textId="77777777" w:rsidR="002A7F56" w:rsidRPr="002A7F56" w:rsidRDefault="006646AD" w:rsidP="002A7F56">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7F56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Strategini</w:t>
+      </w:r>
+      <w:r w:rsidR="002A7F56" w:rsidRPr="002A7F56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7F56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tiksla</w:t>
+      </w:r>
+      <w:r w:rsidR="002A7F56" w:rsidRPr="002A7F56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7F56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="002A7F56" w:rsidRPr="002A7F56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="225FAA1D" w14:textId="1B3E1E25" w:rsidR="006646AD" w:rsidRPr="002A7F56" w:rsidRDefault="002A7F56" w:rsidP="00920361">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="993"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7F56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Suteikti kokybiškas žinias, sudaryti motyvuojančią mokymosi aplinką, ugdyti individualius gebėjimus bei emociškai brandų ir pilietiškai aktyvų jauną žmogų.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DE35652" w14:textId="237C6516" w:rsidR="002A7F56" w:rsidRPr="002A7F56" w:rsidRDefault="002A7F56" w:rsidP="001B2746">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="284" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7F56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Profesinio kapitalo, lyderystės ir įtraukties ūgtis – kiekvieno akademinei ir pilietinei brandai</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77F1AF69" w14:textId="77777777" w:rsidR="002A7F56" w:rsidRPr="002A7F56" w:rsidRDefault="002A7F56" w:rsidP="002A7F56">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00AEA3A1" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="006646AD">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Strateginiai tikslai</w:t>
+        <w:t>Metiniai veiklos tikslai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B0DD547" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="00FD3BE9" w:rsidRDefault="006646AD" w:rsidP="006646AD">
-      <w:pPr>
+    <w:p w14:paraId="46C7FD7A" w14:textId="66354CFE" w:rsidR="006646AD" w:rsidRPr="00FD3BE9" w:rsidRDefault="006646AD" w:rsidP="00920361">
+      <w:pPr>
+        <w:ind w:firstLine="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">      1. </w:t>
+        <w:t xml:space="preserve">     1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="002721E3">
-[...5 lines deleted...]
-        <w:t>Mokinių pasiekimų gerinimas.</w:t>
+      <w:r w:rsidR="00FF6F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00994BBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>okinių pasiekim</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF6F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ų gerinimas</w:t>
+      </w:r>
+      <w:r w:rsidR="006B4FEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CBBEE37" w14:textId="149307A7" w:rsidR="0041674C" w:rsidRDefault="006646AD" w:rsidP="006646AD">
-[...96 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="10C41AF5" w14:textId="2BE23E59" w:rsidR="00052D93" w:rsidRPr="00994BBD" w:rsidRDefault="006646AD" w:rsidP="00920361">
+      <w:pPr>
+        <w:ind w:firstLine="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00994BBD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">     2. Organizuoti ugdymo proceso aplinką taip, kad </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vaikai M</w:t>
       </w:r>
       <w:r w:rsidRPr="00994BBD">
         <w:rPr>
@@ -724,69 +989,86 @@
         </w:rPr>
         <w:t xml:space="preserve">kloje jaustųsi gerai ir saugiai, </w:t>
       </w:r>
       <w:r w:rsidRPr="00F9695B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">siekiant asmeninės </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">kiekvieno ugdytinio </w:t>
       </w:r>
       <w:r w:rsidRPr="00F9695B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>pažangos.</w:t>
+        <w:t>pažangos</w:t>
+      </w:r>
+      <w:r w:rsidR="006B4FEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E4AD224" w14:textId="6916355D" w:rsidR="006646AD" w:rsidRDefault="00052D93" w:rsidP="006646AD">
-      <w:pPr>
+    <w:p w14:paraId="4E4AD224" w14:textId="3F85756A" w:rsidR="006646AD" w:rsidRDefault="00052D93" w:rsidP="00920361">
+      <w:pPr>
+        <w:ind w:firstLine="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">     4</w:t>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="002A7F56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="006646AD" w:rsidRPr="00C7368B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Ugdyti emoc</w:t>
       </w:r>
       <w:r w:rsidR="00A25904">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>iškai brandų ir pilietiškai</w:t>
       </w:r>
       <w:r w:rsidR="009619C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> aktyvų </w:t>
       </w:r>
@@ -806,53 +1088,54 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="276C89B5" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="006646AD">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Metinės veiklos uždaviniai:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09EB9FA7" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="003C0F68" w:rsidRDefault="006646AD" w:rsidP="006646AD">
-[...1 lines deleted...]
-        <w:ind w:left="360"/>
+    <w:p w14:paraId="09EB9FA7" w14:textId="792C8893" w:rsidR="006646AD" w:rsidRPr="003C0F68" w:rsidRDefault="006646AD" w:rsidP="00920361">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D33F3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Individualizuoti ugdymą,</w:t>
       </w:r>
       <w:r w:rsidRPr="00D33F3F">
@@ -861,212 +1144,209 @@
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D33F3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">atsižvelgiant į skirtingus mokinių poreikius, patirtis ir gebėjimus, sudarant galimybes kiekvienam mokiniui </w:t>
       </w:r>
       <w:r w:rsidRPr="003C0F68">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pasiekti teigiamų rezultatų pokyčių. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F58744E" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="006646AD">
-      <w:pPr>
+    <w:p w14:paraId="2F58744E" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="00920361">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C0F68">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">      2. </w:t>
       </w:r>
       <w:r w:rsidR="009C76D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Užtikrinti mokinių pasiekimų ir pažangos optimalumą ir pastovumą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F72955F" w14:textId="60960A30" w:rsidR="006646AD" w:rsidRPr="00E73623" w:rsidRDefault="006646AD" w:rsidP="006646AD">
-      <w:pPr>
+    <w:p w14:paraId="19D950D4" w14:textId="4F940715" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="00920361">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">      3. </w:t>
       </w:r>
       <w:r w:rsidR="00410B7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Skatinti mokinių emocinį intelektą ir pilietinį sąmoningumą, ugdant atsakingą, empatišką bei aktyvią asmenybę per formalią ir neformalią ugdymo veiklą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19D950D4" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="006646AD">
-[...8 lines deleted...]
-    </w:p>
     <w:p w14:paraId="40FE9D79" w14:textId="77777777" w:rsidR="00774EE2" w:rsidRDefault="006646AD" w:rsidP="006646AD">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Metinės veiklos prioritetai:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02EBF73D" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="00052D93" w:rsidRDefault="00052D93" w:rsidP="006646AD">
-      <w:pPr>
+    <w:p w14:paraId="02EBF73D" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="00052D93" w:rsidRDefault="00052D93" w:rsidP="00920361">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="006646AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="006646AD" w:rsidRPr="00EF4F4D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1. Ugdymo prieinamumas kiekvienam ugdytiniui</w:t>
       </w:r>
       <w:r w:rsidR="006646AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, mokinių įsivertinimo kompetencijų stiprinimas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31788F31" w14:textId="77777777" w:rsidR="00052D93" w:rsidRDefault="006646AD" w:rsidP="006646AD">
-      <w:pPr>
+    <w:p w14:paraId="31788F31" w14:textId="77777777" w:rsidR="00052D93" w:rsidRDefault="006646AD" w:rsidP="00920361">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF4F4D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">      2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tėvų ir globėjų galimybių pažinimas ir didinimas, bendradarb</w:t>
       </w:r>
       <w:r w:rsidR="00052D93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">iavimo skatinimas, juos įtraukiant į vaikų pažangos stebėseną. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="791A0ED6" w14:textId="52F56B9D" w:rsidR="006646AD" w:rsidRPr="00052D93" w:rsidRDefault="00052D93" w:rsidP="006646AD">
-      <w:pPr>
+    <w:p w14:paraId="791A0ED6" w14:textId="52F56B9D" w:rsidR="006646AD" w:rsidRPr="00052D93" w:rsidRDefault="00052D93" w:rsidP="00920361">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">      3.  </w:t>
       </w:r>
       <w:r w:rsidR="006646AD" w:rsidRPr="00EF4F4D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Emociškai </w:t>
       </w:r>
       <w:r w:rsidR="009619C8">
         <w:rPr>
@@ -1078,9007 +1358,8778 @@
       </w:r>
       <w:r w:rsidR="006646AD" w:rsidRPr="00EF4F4D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ugdymas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77B815E2" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="00052D93" w:rsidP="006646AD">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C2C7FE7" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="006646AD">
+    <w:p w14:paraId="6C2C7FE7" w14:textId="4E6C3971" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="006646AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28E4822A" w14:textId="61623E20" w:rsidR="00CA1C19" w:rsidRDefault="00CA1C19" w:rsidP="006646AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10F64CA9" w14:textId="53E7AC9C" w:rsidR="00CA1C19" w:rsidRDefault="00CA1C19" w:rsidP="006646AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79D5C5DE" w14:textId="1914D6C1" w:rsidR="00CA1C19" w:rsidRDefault="00CA1C19" w:rsidP="006646AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F7F5C64" w14:textId="77777777" w:rsidR="00CA1C19" w:rsidRDefault="00CA1C19" w:rsidP="006646AD">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0233A40D" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="006646AD">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>UŽDAVINIŲ ĮGYVENDINIMO PRIEMONĖS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="14519" w:type="dxa"/>
         <w:tblInd w:w="360" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="734"/>
-        <w:gridCol w:w="2925"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2246"/>
+        <w:gridCol w:w="2700"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="1872"/>
         <w:gridCol w:w="1701"/>
-        <w:gridCol w:w="1276"/>
-        <w:gridCol w:w="1495"/>
+        <w:gridCol w:w="1417"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006646AD" w14:paraId="11360091" w14:textId="77777777" w:rsidTr="00D11245">
+      <w:tr w:rsidR="006646AD" w14:paraId="11360091" w14:textId="77777777" w:rsidTr="006B4FEA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="734" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="12294631" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="00D11245">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Eil. Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2925" w:type="dxa"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="54767382" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="00D11245">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Priemonės pavadinimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5F3A2B6D" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="00D11245">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Įstaigos veiksmo pavadinimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2246" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="55A0CF56" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="00D11245">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Proceso ir/ar indėlio vertinimo kriterijai, mato vienetai ir reikšmės</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="153EEECF" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Atsakingi vykdytojai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="153EEECF" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+          <w:p w14:paraId="2A5C4980" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="00D11245">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Atsakingi vykdytojai</w:t>
+              <w:t>Įvykdymo terminas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:tcW w:w="1495" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="317C8639" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="00D11245">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Asignavimai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006646AD" w14:paraId="756B3309" w14:textId="77777777" w:rsidTr="00D11245">
+      <w:tr w:rsidR="006646AD" w14:paraId="756B3309" w14:textId="77777777" w:rsidTr="006B4FEA">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="13859" w:type="dxa"/>
+            <w:tcW w:w="14519" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5FC07591" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="00D11245">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ugdymo(si) kokybės gerinimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006646AD" w14:paraId="22D5F08C" w14:textId="77777777" w:rsidTr="00D11245">
+      <w:tr w:rsidR="00270CED" w14:paraId="22D5F08C" w14:textId="77777777" w:rsidTr="00270CED">
+        <w:trPr>
+          <w:trHeight w:val="3456"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="734" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="19E55D90" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F5A33D8" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="70246FD7" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="70425709" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1624CB92" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="19316EB9" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="54E5D713" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0925B969" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3B5A229E" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="640D6C4F" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="295C91D9" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="34B2A9C8" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2C91C7AC" w14:textId="1BFA7527" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C91C7AC" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="00D11245">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="5477E5C4" w14:textId="6D052D54" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="00876F1A">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE599A">
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Užtikrinti mokinio pažangą</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B57FA2C" w14:textId="16B67609" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="00876F1A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE599A">
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>pamokose.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59255AFA" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="091FFF5E" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2B9464C2" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="76EA355F" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="120E87FB" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5283756F" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="183D0795" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="785893F3" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7930D3A6" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="23AA0786" w14:textId="3E0BD14B" w:rsidR="00270CED" w:rsidRPr="00583985" w:rsidRDefault="00270CED" w:rsidP="006640AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2925" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4CEF6F54" w14:textId="5081D684" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE599A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Pamokų stebėsenos vykdymas, kolegialus pamokų stebėjimas (KGR), mokytojų gerosios patirties sklaida.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="188EC694" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3864E62C" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="11DEE7A0" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F689D19" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B5F95DB" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D04E139" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3F4152C6" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="48115490" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5FE66A47" w14:textId="5ED321C3" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6FA5DE6F" w14:textId="247E2F7D" w:rsidR="006640AE" w:rsidRDefault="00EE46F7" w:rsidP="00D11245">
-[...452 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="5F048E29" w14:textId="39EBE7BD" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C483C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Administracijos konsultavimas; </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD3CCE" w:rsidRPr="000C483C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Mokyklos administracija per metus stebės bent po vieną kiekvieno mokytojo pamoką</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD3CCE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir ne mažiau 2 mokytojų nepertraukiamai (1-2 temos) pamokų ciklą naudojant TŪM praktinių dirbtuvių „Kolega-kolegai) metu naudotą pamokų stebėjimo ir vertinimo algoritmą.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45D65234" w14:textId="5E37C007" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C483C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Per I ir II pusmečius kiekvienas mokytojas stebės bent po </w:t>
+            </w:r>
+            <w:r w:rsidR="00AF4BBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C483C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kolegų pamok</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF4BBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ą</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C483C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, dalinsis patirtimi ir taikomais metodais;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="291BA8BD" w14:textId="4E43E0AE" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="00BD3CCE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3482" w:type="dxa"/>
-[...383 lines deleted...]
-            <w:tcW w:w="2246" w:type="dxa"/>
+            <w:tcW w:w="1872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F048E29" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="00D11245">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="7DF024C1" w14:textId="249E3479" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="00EE46F7">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...187 lines deleted...]
-            </w:r>
+              <w:t>Administracija</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00BF0B2F" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="00EE46F7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C483C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dalykų mokytojai</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C1CC259" w14:textId="7ABE8011" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="00EE46F7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C483C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Mokyklos VGK</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DBE5550" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7BDA99B8" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44AB8355" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79440B8D" w14:textId="02DA3EE1" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A13B5A0" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="09AAFFE7" w14:textId="012B6DBC" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7A1D7F7F" w14:textId="58B111FF" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C49F7EF" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3E8C6159" w14:textId="75CB7788" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7182F771" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="00C15D64" w:rsidP="00EE46F7">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="0ADBC151" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="006B4FEA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...535 lines deleted...]
-            </w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Metų eigoje</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F9F9127" w14:textId="46AA35B8" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="00FF6F6C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="459"/>
+              </w:tabs>
+              <w:ind w:right="236"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="117B018A" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="36F6C235" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33853223" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="17E13C1D" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="36CBDE61" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="461F11C5" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="30F986F0" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6FBA6CE4" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5DF06083" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="69B35AD4" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3658939F" w14:textId="1D2C1761" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F9F9127" w14:textId="77777777" w:rsidR="000C5560" w:rsidRDefault="003165B3" w:rsidP="000C5560">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="7F23FE0B" w14:textId="52F557FD" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C483C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Žmogiškieji ištekliai</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="799C4703" w14:textId="7B5D49FA" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44EC00D1" w14:textId="2CE83BA7" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6857D19F" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C11AF49" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1D7E33ED" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0D9ACB9D" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="06820893" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="458FAE44" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="341D4FC1" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16A5A16B" w14:textId="71D11FF3" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="0029173E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00270CED" w14:paraId="45EF3AFD" w14:textId="77777777" w:rsidTr="00270CED">
+        <w:trPr>
+          <w:trHeight w:val="1695"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="734" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="524157C6" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...458 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FD13214" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="077AF95E" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="13BD454C" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F182649" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C81A8C5" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="553456C5" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53F1AF2A" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79D9B1CD" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F86F39E" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="673CCED6" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="22D7CACD" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B8BD2E5" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4E266C6A" w14:textId="7EC3AE13" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            </w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3319F474" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C483C">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="05C3C6BC" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="42ABBD70" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A69DEAE" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7577714B" w14:textId="2B2E6EC1" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1495" w:type="dxa"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F23FE0B" w14:textId="427ABC72" w:rsidR="000C5560" w:rsidRDefault="006646AD" w:rsidP="00D11245">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="352A90E9" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="007D72D4">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE599A">
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Stiprinti kiekvieno mokinio</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D05FAB5" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="007D72D4">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE599A">
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>tinkamą įtrauktį į ugdymosi</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="296FD735" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="007D72D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE599A">
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>procesą pamokoje</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="429FE3D8" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0AF4BC46" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="69E784FF" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="71E613FC" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="22999339" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="78B1C21A" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="02425072" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="006640AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F7F9B93" w14:textId="718A4F75" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE599A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00091EFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,8,9 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE599A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ir 10 klasių mokiniams sudarytos galimybės lankyti  dalykines</w:t>
+            </w:r>
+            <w:r w:rsidR="00091EFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> lietuvių kalbos ir matematikos</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE599A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> konsultacijas;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D801BC9" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE599A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Mokytojai tarpusavyje derins namų darbų skyrimą ir kontrolinių darbų paskirstymą.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46B6CF80" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE599A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Mokiniams bus skiriama pedagoginė pagalba.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E434766" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="0029173E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE599A">
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Analizuoti ir vertinti</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26171575" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="0029173E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE599A">
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>mokinių individualios pažangą ir pasiekimus</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4514E52E" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E88B574" w14:textId="3F9D04A4" w:rsidR="00091EFF" w:rsidRDefault="00091EFF" w:rsidP="007D72D4">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Intelektualiniai</w:t>
-[...422 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t xml:space="preserve">Skirtos papildomos lietuvių kalbos ir matematikos konsultacijos (po 1 val./sav.) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4146A072" w14:textId="24614E09" w:rsidR="00091EFF" w:rsidRDefault="00091EFF" w:rsidP="0029173E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Skirta logopedo, socialinio pedagogo, mokinio padėjėjo pagalba visiems SUP mokiniams.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DA8DF4B" w14:textId="28B04958" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="00091EFF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C483C">
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Parengti </w:t>
+            </w:r>
+            <w:r w:rsidR="00091EFF">
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">informaciją apie </w:t>
+            </w:r>
+            <w:r w:rsidR="00091EFF" w:rsidRPr="000C483C">
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">mokinių </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C483C">
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>individuali</w:t>
+            </w:r>
+            <w:r w:rsidR="00091EFF">
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ą </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C483C">
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>pažang</w:t>
+            </w:r>
+            <w:r w:rsidR="00091EFF">
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ą</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C483C">
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir pasiekim</w:t>
+            </w:r>
+            <w:r w:rsidR="00091EFF">
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>us.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7824C3BE" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Administracija</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35763B9F" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C483C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dalykų mokytojai</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13DA164F" w14:textId="3E749F76" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00091EFF" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Klasių auklėtojai</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30969C7B" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1CFDF4FA" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55ABC993" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A60F36E" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3467936F" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="048FE650" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1F834E80" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="628B18F6" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1498A3F1" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Metų eigoje</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3ED5FF7C" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="32B714F6" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="34ABDDD6" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="406A249F" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="430BC559" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="359EBC27" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="25A4EF53" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="437DFDBF" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="537C63E0" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="661059E5" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0D49719B" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C559803" w14:textId="78948262" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="0029173E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Žmogiškieji </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C483C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ištekliai</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AB55B32" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A78582B" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="35DB3CA5" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="36B2434F" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6FCCFE78" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="264B3A74" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F0E4D88" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="52C128A1" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="000C483C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="57409A9A" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="000C483C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6477F849" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="000C483C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="559811C9" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C483C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006646AD" w14:paraId="07950B28" w14:textId="77777777" w:rsidTr="00D11245">
+      <w:tr w:rsidR="00270CED" w14:paraId="1409A0C4" w14:textId="77777777" w:rsidTr="00270CED">
+        <w:trPr>
+          <w:trHeight w:val="1968"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="734" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="710D4196" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="285FA9EA" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA4D0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Vykdomas pamokų lankomumo stebėjimas ir kontrolė</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7906335F" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="006640AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="249A0C15" w14:textId="59502AF0" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="006640AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44CE4D62" w14:textId="745AE229" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA4D0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Vykdoma elektroninio dienyno patikra, organizuojami individualūs pokalbiai su mokiniais ir jų tėvais (globėjais/rūpintojais). Vyksta VGK  posėdžiai.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="485D5E71" w14:textId="16B86F24" w:rsidR="00270CED" w:rsidRDefault="00B101A7" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Sumažės pamokų, praleistų be pateisinamos priežasties, skaičius.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40FCF0EA" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="42B30F02" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="397B7494" w14:textId="7CA0079E" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10EE1599" w14:textId="643730D9" w:rsidR="00270CED" w:rsidRDefault="00B101A7" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C483C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>dministracija</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C483C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>k</w:t>
+            </w:r>
+            <w:r w:rsidR="00270CED" w:rsidRPr="000C483C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">lasių </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>auklėtojai</w:t>
+            </w:r>
+            <w:r w:rsidR="00270CED" w:rsidRPr="000C483C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, socialini</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="00270CED" w:rsidRPr="000C483C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pedagoga</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="00270CED" w:rsidRPr="000C483C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, VGK</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18BF39BE" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="503432A6" w14:textId="77F0A905" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A96BAB6" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D647A85" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C483C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Metų eigoje </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02BD0448" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2859E7F8" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1C24D636" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C3A9A2D" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D87DED2" w14:textId="0CF71632" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="282D5F03" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="000C483C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C483C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Žmogiškieji ištekliai</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FA2AE35" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="000C483C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4F022954" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="000C483C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="20F861F2" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="000C483C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="73D24000" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="000C483C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="63EE3DF4" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="000C483C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="607C1A4B" w14:textId="65F3CE7A" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C483C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00270CED" w14:paraId="3C1BC93C" w14:textId="77777777" w:rsidTr="00270CED">
+        <w:trPr>
+          <w:trHeight w:val="2307"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="734" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C98C65C" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BFE9A06" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00583985" w:rsidRDefault="00270CED" w:rsidP="00583985">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2167D9E2" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="281E76C3" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33BEF181" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3F43B376" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5D0F085A" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24C05A56" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="006640AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE599A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00583985">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Mokinių skatinimas už mokymosi pasiekimus,  iniciatyvumą, padarytą pažangą</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02564F77" w14:textId="2C965299" w:rsidR="00270CED" w:rsidRPr="00FE599A" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00583985">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>adėkos ir apdovanojimai už metų mokymosi rezultatus, asmeninę pažangą</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00583985">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kitus pasiekimus. Skelbiama informacija apie dalyvavimą ir pasiektus rezultatus konkursuose,  varžybose ir kt.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B0C2C39" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Pagerės mokinių pažangumas ir pilietiškumas</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB060A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="443340E0" w14:textId="431276EC" w:rsidR="00AB060A" w:rsidRDefault="00AB060A" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Įsteigtos nominacijos „Geriausias metų mokinys“ ir „Aktyviausias metų mokinys“.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D4CB780" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Administracija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0328B073" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="000C5560">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Metų eigoje</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C483C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                                                                 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B05E47F" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="000C483C" w:rsidRDefault="00270CED" w:rsidP="000C483C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Žmogiškieji ištekliai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006646AD" w14:paraId="07950B28" w14:textId="77777777" w:rsidTr="00ED3C83">
+        <w:trPr>
+          <w:trHeight w:val="4308"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="734" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72CEE7AB" w14:textId="75A8C583" w:rsidR="006646AD" w:rsidRDefault="00A02E77" w:rsidP="00D11245">
+          <w:p w14:paraId="72CEE7AB" w14:textId="01B12A50" w:rsidR="006646AD" w:rsidRDefault="00583985" w:rsidP="00D11245">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>2</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="006646AD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2925" w:type="dxa"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="069A7A18" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="00D11245">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Inicijuoti įvairių ugdymo formų taikymą ugdymo procese, taikyti pamokose paveikias metodų ir formų įvairovės strategijas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6F4A9EA4" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="00D11245">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Bus organizuojamos netradicinės pamokos, integruotos pamokos, pamokos netradicinėse ugdymo erdvėse, klasės valandėlės, užsiėmimai lauko klasėje ir kitose lauko erdvėse.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1CB4F510" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+          <w:p w14:paraId="1D3943CC" w14:textId="51639D2A" w:rsidR="00A5087E" w:rsidRDefault="006646AD" w:rsidP="00D11245">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Edukacinės išvykos į Panevėžio STEAM atviros prieigos centrą, naudojamos IKT priemonės pamokose, interaktyvūs ekranai </w:t>
+              <w:t>Edukacinės išvykos į Panevėžio STEAM atviros prieigos centrą</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF3713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir </w:t>
+            </w:r>
+            <w:r w:rsidR="006D3002">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">pamokos </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF3713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kupiškio IUC, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...21 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve"> naudojamos IKT priemonės pamokose, interaktyvūs ekranai pamokos kokybės gerinimui siekiant, orient</w:t>
+            </w:r>
+            <w:r w:rsidR="006D3002">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>uotis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> į mokinių sėkmę, kad pamoka būtų ne tik kokybiška, bet ir šiuolaikiška. </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2246" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="38EA9FBC" w14:textId="1FAE08D9" w:rsidR="00A5087E" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+          <w:p w14:paraId="38EA9FBC" w14:textId="02955721" w:rsidR="00A5087E" w:rsidRDefault="006646AD" w:rsidP="00D11245">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Mokytojai organizuos ne mažiau kaip po 1 pamoką netradicinėse </w:t>
+              <w:t xml:space="preserve">Mokytojai organizuos ne mažiau kaip po </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF3713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pamok</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF3713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>as Kupiškio IUC,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003165B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>erdvėse, bus organizuotos bent 10 edukacinių išvykų (95</w:t>
+              <w:t xml:space="preserve"> bus organizuotos bent 10 edukacinių išvykų </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF3713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">pagal Kultūros paso programą ir vykdant būsimos karjeros veiklas </w:t>
+            </w:r>
+            <w:r w:rsidR="003165B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(95</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> proc. 1-10 kl. mokinių dalyvaus). </w:t>
+              <w:t xml:space="preserve"> proc. 1-10 kl. mokinių dalyvaus). Viktorinose</w:t>
+            </w:r>
+            <w:r w:rsidR="003165B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir konkursuose dalyvaus bent 70</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...12 lines deleted...]
-            </w:r>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>%  1-10 klasių mokinių.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B3AD9D0" w14:textId="77777777" w:rsidR="00583985" w:rsidRPr="000C483C" w:rsidRDefault="00583985" w:rsidP="00583985">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C483C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>100 proc. mokinių, ugdomų pagal STEAM ir paveikios įtraukties ugdymo</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BC2CD11" w14:textId="3B41CA1C" w:rsidR="00583985" w:rsidRPr="000C483C" w:rsidRDefault="00583985" w:rsidP="00583985">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...14 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C483C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>rincipus.</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="5F3EA30B" w14:textId="1D33115E" w:rsidR="006646AD" w:rsidRPr="00A5087E" w:rsidRDefault="006646AD" w:rsidP="00A5087E">
             <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0101D4A9" w14:textId="0FE51F5A" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="00C15D64" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dalykų mokytojai Klasių auklėtojai</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF3713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, Karjeros specialistas.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E480DF1" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D4BB961" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0D13B9F3" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="48D14E8F" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="20BF8F08" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6FDED987" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="28F5689A" w14:textId="33C7C8BD" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="69BAAAEB" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="393BE472" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="49B7B28B" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="27496320" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="456C9A4B" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59DB2565" w14:textId="4B2E13B2" w:rsidR="00A5087E" w:rsidRPr="00294367" w:rsidRDefault="00A5087E" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0101D4A9" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="00C15D64" w:rsidP="00D11245">
-[...218 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="47368B21" w14:textId="4CB43E2C" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="000C483C" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Metų eigoje</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="128438FF" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="758B5777" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DA75F58" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1901C18F" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="736B57E6" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7818014C" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4BF6AC6E" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5141E07C" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="674DDDCB" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3142B267" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66C2E458" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5DBEF662" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="01FEF575" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...167 lines deleted...]
-            <w:tcW w:w="1495" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D1B338A" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="00D11245">
-[...15 lines deleted...]
-              <w:t>Intelektualiniai</w:t>
+          <w:p w14:paraId="2D1B338A" w14:textId="442AAC93" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="00EA4D0D" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Žmogiškieji ištekliai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006646AD" w14:paraId="5C9CE709" w14:textId="77777777" w:rsidTr="00D11245">
+      <w:tr w:rsidR="00ED3C83" w14:paraId="45B353A4" w14:textId="77777777" w:rsidTr="006B4FEA">
+        <w:trPr>
+          <w:trHeight w:val="1200"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="734" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="244C12B3" w14:textId="7D61E58F" w:rsidR="00ED3C83" w:rsidRDefault="00ED3C83" w:rsidP="00ED3C83">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7AA7FDC9" w14:textId="77777777" w:rsidR="00ED3C83" w:rsidRDefault="00ED3C83" w:rsidP="00ED3C83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Stiprinti </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B42CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>bendradarbiavimą su mokinių tėvais (globėjais/rūpintojais)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B42CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>siekiant ugdymo(si) kokybės</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19C00E38" w14:textId="77777777" w:rsidR="00ED3C83" w:rsidRPr="00EF4F4D" w:rsidRDefault="00ED3C83" w:rsidP="00ED3C83">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1576178D" w14:textId="77777777" w:rsidR="00ED3C83" w:rsidRDefault="00ED3C83" w:rsidP="00ED3C83">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D5A158F" w14:textId="53F707F1" w:rsidR="00ED3C83" w:rsidRPr="00FC247B" w:rsidRDefault="00ED3C83" w:rsidP="00ED3C83">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC247B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bus vykdomas tėvų įtraukimas į jų vaiko pažangos fiksavimą ir stebėseną. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73F9C9B1" w14:textId="77777777" w:rsidR="00ED3C83" w:rsidRPr="00FC247B" w:rsidRDefault="00ED3C83" w:rsidP="00ED3C83">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC247B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Rezultatų aptarimas klasės tėvų susirinkimuose ir individualiuose pokalbiuose.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50BB74B9" w14:textId="77777777" w:rsidR="00ED3C83" w:rsidRPr="00FC247B" w:rsidRDefault="00ED3C83" w:rsidP="00ED3C83">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC247B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Pagal situaciją tėvų susirinkimai vykdomi nuotoliniu būdu per platformas TEAMS ar ZOOM.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4279CCED" w14:textId="77777777" w:rsidR="00ED3C83" w:rsidRPr="00FC247B" w:rsidRDefault="00ED3C83" w:rsidP="00ED3C83">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC247B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Klasių auklėtojų iniciatyva organizuojamos tėvų pamokos (profesija).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E722A60" w14:textId="77777777" w:rsidR="00ED3C83" w:rsidRDefault="00ED3C83" w:rsidP="00ED3C83">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="754E3B3D" w14:textId="77777777" w:rsidR="00ED3C83" w:rsidRPr="00FC247B" w:rsidRDefault="00ED3C83" w:rsidP="00ED3C83">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC247B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC247B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">% </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC247B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>mokinių tėvų aktyviai dalyvaus tėvų susirinkimuose, individualiuose susitikimuose ir organizuojamosiose paskaitose.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55438BDE" w14:textId="77777777" w:rsidR="00ED3C83" w:rsidRPr="00FC247B" w:rsidRDefault="00ED3C83" w:rsidP="00ED3C83">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC247B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bus gerinamas mokyklos įvaizdis bendruomenėje, mokiniai ir jų tėvai įtraukiami į bendrą veiklą. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CD0A0E2" w14:textId="77777777" w:rsidR="00ED3C83" w:rsidRDefault="00ED3C83" w:rsidP="00ED3C83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5AB8C941" w14:textId="5646EB11" w:rsidR="00ED3C83" w:rsidRPr="00ED3C83" w:rsidRDefault="00ED3C83" w:rsidP="00ED3C83">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3C83">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Klasių auklėtojai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E0DA391" w14:textId="0ADD635A" w:rsidR="00ED3C83" w:rsidRPr="00ED3C83" w:rsidRDefault="00ED3C83" w:rsidP="00ED3C83">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3C83">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Metų eigoje</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C48F386" w14:textId="66021D78" w:rsidR="00ED3C83" w:rsidRPr="00294367" w:rsidRDefault="00ED3C83" w:rsidP="00ED3C83">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Žmogiškieji ištekliai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED3C83" w14:paraId="5C9CE709" w14:textId="77777777" w:rsidTr="00ED3C83">
+        <w:trPr>
+          <w:trHeight w:val="2546"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="734" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0B0E63BE" w14:textId="77777777" w:rsidR="00ED3C83" w:rsidRDefault="00ED3C83" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_Hlk224156356"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BD9B5B9" w14:textId="38FC19CD" w:rsidR="00ED3C83" w:rsidRDefault="00ED3C83" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A1D8340" w14:textId="29C9C322" w:rsidR="00ED3C83" w:rsidRDefault="00ED3C83" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00661574">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Skatinti mokytojų</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> dalykinį tobulėjimą, kompetencijų tobulinimą</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C428B71" w14:textId="5084D39A" w:rsidR="00ED3C83" w:rsidRDefault="00ED3C83" w:rsidP="00ED3C83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mokytojai dalyvaus seminaruose ir dalykinėse konferencijose, projektuose, dalinsis gerąja patirtimi su kitomis mokyklomis </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FEC1D54" w14:textId="77777777" w:rsidR="00ED3C83" w:rsidRDefault="00ED3C83" w:rsidP="00ED3C83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="34610978" w14:textId="77777777" w:rsidR="00ED3C83" w:rsidRDefault="00ED3C83" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09B5132B" w14:textId="554FA9B9" w:rsidR="00ED3C83" w:rsidRDefault="00ED3C83" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Visi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mokytojai dalyvaus bent </w:t>
+            </w:r>
+            <w:r w:rsidR="001B2746">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001B2746">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>kvalifikacijos tobulinimo renginyje</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir patobulins kompetencijas, būtinas organizuojant ir vykdant veiksmingą ugdymą.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14FAA485" w14:textId="77777777" w:rsidR="00ED3C83" w:rsidRPr="00294367" w:rsidRDefault="00ED3C83" w:rsidP="00ED3C83">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Administracija</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E864899" w14:textId="77777777" w:rsidR="00ED3C83" w:rsidRPr="00294367" w:rsidRDefault="00ED3C83" w:rsidP="00ED3C83">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dalykų mokytojai</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14941024" w14:textId="77777777" w:rsidR="00ED3C83" w:rsidRPr="00294367" w:rsidRDefault="00ED3C83" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D2DF401" w14:textId="77777777" w:rsidR="00ED3C83" w:rsidRPr="00294367" w:rsidRDefault="00ED3C83" w:rsidP="00ED3C83">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Metų eigoje</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B074239" w14:textId="7E6FA1E6" w:rsidR="00ED3C83" w:rsidRPr="00294367" w:rsidRDefault="00ED3C83" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30844020" w14:textId="1D2C88B2" w:rsidR="00ED3C83" w:rsidRPr="00294367" w:rsidRDefault="00ED3C83" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Žmogiškieji ištekliai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="0"/>
+      <w:tr w:rsidR="006646AD" w14:paraId="0B5E72CB" w14:textId="77777777" w:rsidTr="006B4FEA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="734" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7BD9B5B9" w14:textId="3F9F2407" w:rsidR="006646AD" w:rsidRDefault="00A02E77" w:rsidP="00D11245">
+          <w:p w14:paraId="55647E0E" w14:textId="020E1815" w:rsidR="006646AD" w:rsidRDefault="00B653F8" w:rsidP="00D11245">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="006646AD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2925" w:type="dxa"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A1D8340" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="00D11245">
-[...14 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0B44BC86" w14:textId="3332C4DC" w:rsidR="006646AD" w:rsidRPr="0060479A" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0060479A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Organizuoti mokinių pasiekim</w:t>
+            </w:r>
+            <w:r w:rsidR="009619C8" w:rsidRPr="0060479A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ų patikrinimą NMPP, Pagrindinio ugdymo pasiekimų </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0060479A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009619C8" w:rsidRPr="0060479A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">patikrinimą PUPP. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6701278F" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="0060479A" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="325792B5" w14:textId="06E76E29" w:rsidR="006646AD" w:rsidRPr="0060479A" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="094110A2" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="00A02E77" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+          <w:p w14:paraId="64A409F6" w14:textId="74280567" w:rsidR="006646AD" w:rsidRPr="0060479A" w:rsidRDefault="006646AD" w:rsidP="00D11245">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A02E77">
+            <w:r w:rsidRPr="0060479A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Naudojama 2022 m. atnaujinta mokinio Mokymosi plano ir Pokyčių plano forma. Mokiniai sudarys individualius planus (IP) su dalyko mokytojais.</w:t>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Bus organizuotas Nacionalinis mokinių pasiekimų patikrinimas</w:t>
+            </w:r>
+            <w:r w:rsidR="009619C8" w:rsidRPr="0060479A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4, 8 kl., elektroniniame NMPP ir Pagrindinio ugdymo pasiekimų patikrinimas PUPP.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1ECEAECE" w14:textId="77777777" w:rsidR="00B706E1" w:rsidRPr="0060479A" w:rsidRDefault="00B706E1" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7A14E827" w14:textId="7779C5AD" w:rsidR="006646AD" w:rsidRPr="0060479A" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2246" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="09B5132B" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="00D11245">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="1E9EAF4C" w14:textId="05F6279D" w:rsidR="00B706E1" w:rsidRPr="0060479A" w:rsidRDefault="00DE294C" w:rsidP="00DE294C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-              <w:t>80</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Dalyvaus v</w:t>
+            </w:r>
+            <w:r w:rsidR="009619C8" w:rsidRPr="0060479A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">isi 4 kl. ir 10 kl. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>%</w:t>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidR="009619C8" w:rsidRPr="0060479A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>okiniai</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            </w:r>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir ne mažiau 80 proc. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0060479A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>8 kl.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mokinių.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48B7AB35" w14:textId="77777777" w:rsidR="00B706E1" w:rsidRPr="0060479A" w:rsidRDefault="00B706E1" w:rsidP="00B706E1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="492FFDB9" w14:textId="77777777" w:rsidR="00B706E1" w:rsidRPr="0060479A" w:rsidRDefault="00B706E1" w:rsidP="00B706E1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51258A82" w14:textId="77777777" w:rsidR="00B706E1" w:rsidRPr="0060479A" w:rsidRDefault="00B706E1" w:rsidP="00B706E1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="283F7113" w14:textId="15A17330" w:rsidR="006646AD" w:rsidRPr="0060479A" w:rsidRDefault="006646AD" w:rsidP="00B706E1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F3E7EF7" w14:textId="2F2F2B43" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="00B42CEC" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Administracija</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B99C6B7" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="00B706E1" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="006646AD" w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>alykų mokytojai</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75690D0E" w14:textId="33BDBEAE" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="004E5368" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">B. </w:t>
+            </w:r>
+            <w:r w:rsidR="00B42CEC" w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ka</w:t>
+            </w:r>
+            <w:r w:rsidR="000A366E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidR="00B42CEC" w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>rienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A26C33A" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V. Mikšienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A60426D" w14:textId="45055EDE" w:rsidR="009619C8" w:rsidRPr="00294367" w:rsidRDefault="009619C8" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>J. Kuliukienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09314A5A" w14:textId="4806427E" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="004E5368" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>J. Jurėnienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42FE220E" w14:textId="02E73BC9" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="00383870" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="004E5368" w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="006646AD" w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> m. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BED5174" w14:textId="201E68EE" w:rsidR="0037033C" w:rsidRPr="00294367" w:rsidRDefault="0037033C" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kovas, gegužė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A6D583E" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3FDEFE3E" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="68CC6172" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="03C332DA" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="72827FE7" w14:textId="6286E3AD" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1371AF4A" w14:textId="6543F17A" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="0037033C" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Žmogiškieji ištekliai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006646AD" w14:paraId="5EA12F30" w14:textId="77777777" w:rsidTr="006B4FEA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14519" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="729F26D2" w14:textId="226AB255" w:rsidR="006646AD" w:rsidRDefault="00383870" w:rsidP="002C542A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Emociškai brandžios ir pilietiškai aktyvios asmenybės ugdymas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006646AD" w14:paraId="495A8305" w14:textId="77777777" w:rsidTr="006B4FEA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="734" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="689C29AA" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40F214F6" w14:textId="1C41EE59" w:rsidR="006646AD" w:rsidRDefault="00CC7C76" w:rsidP="00D11245">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Įtvirtint</w:t>
+            </w:r>
+            <w:r w:rsidR="00383870">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>i gerumo iniciatyvas.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="221AFCEF" w14:textId="77777777" w:rsidR="000C5560" w:rsidRDefault="000C5560" w:rsidP="00D11245">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="00660EF5" w14:textId="77777777" w:rsidR="000C5560" w:rsidRDefault="000C5560" w:rsidP="00D11245">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="300CBDFB" w14:textId="77777777" w:rsidR="000C5560" w:rsidRDefault="000C5560" w:rsidP="00D11245">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="65011FD7" w14:textId="77777777" w:rsidR="000C5560" w:rsidRDefault="000C5560" w:rsidP="00D11245">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="772F5B16" w14:textId="77777777" w:rsidR="000C5560" w:rsidRDefault="000C5560" w:rsidP="00D11245">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="49F747CF" w14:textId="5E389872" w:rsidR="000C5560" w:rsidRDefault="000C5560" w:rsidP="00D11245">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="red"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5BD777C0" w14:textId="069E628E" w:rsidR="000C5560" w:rsidRDefault="001B6ACB" w:rsidP="001B6ACB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Mokiniai</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC7C76">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> da</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>lyvavimas</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC7C76">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> gerumo iniciatyvose: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E4E8B02" w14:textId="2D91D7B6" w:rsidR="00CC7C76" w:rsidRDefault="00CC7C76" w:rsidP="00CC7C76">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Gerumo „gramai“;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F0D1C3C" w14:textId="3061166E" w:rsidR="00CC7C76" w:rsidRDefault="00CC7C76" w:rsidP="00CC7C76">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Teigiamos žinutės tėvams;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17A64E2F" w14:textId="765B49A2" w:rsidR="00CC7C76" w:rsidRDefault="00CC7C76" w:rsidP="00CC7C76">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Mentorystė;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2724C217" w14:textId="56C150B0" w:rsidR="00CC7C76" w:rsidRDefault="00CC7C76" w:rsidP="00CC7C76">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Muzikiniai penktadieniai;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51414488" w14:textId="69471AC8" w:rsidR="00CC7C76" w:rsidRPr="00CC7C76" w:rsidRDefault="00CC7C76" w:rsidP="00CC7C76">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bendruomenės šventės. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44132943" w14:textId="48FEC146" w:rsidR="000C5560" w:rsidRDefault="00CA1C19" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Gerumo mokyklos vertybių ir principų taikymas pamokinėje ir popamokinėje veikloje</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73E10785" w14:textId="77777777" w:rsidR="000C5560" w:rsidRDefault="000C5560" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="08AF0E53" w14:textId="0C4ED118" w:rsidR="006646AD" w:rsidRPr="000C5560" w:rsidRDefault="006646AD" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7419DA83" w14:textId="041FA42C" w:rsidR="000C5560" w:rsidRDefault="00BF49F4" w:rsidP="001B6ACB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dalyvaus ne mažiau 90 proc. 1-10 klasių</w:t>
+            </w:r>
+            <w:r w:rsidR="001B6ACB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mokini</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ų</w:t>
+            </w:r>
+            <w:r w:rsidR="001B6ACB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DC9251A" w14:textId="29782A3C" w:rsidR="000C5560" w:rsidRDefault="000C5560" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BAD9AF8" w14:textId="3E1EDA96" w:rsidR="000C5560" w:rsidRDefault="000C5560" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="40B472B3" w14:textId="46B83C45" w:rsidR="006646AD" w:rsidRPr="000C5560" w:rsidRDefault="006646AD" w:rsidP="000C5560">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="572B34F5" w14:textId="5E9C6E39" w:rsidR="001B6ACB" w:rsidRDefault="001B6ACB" w:rsidP="001B6ACB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Klasių auklėtoj</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF49F4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ai.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F9B8ACC" w14:textId="4C5FCA81" w:rsidR="001B6ACB" w:rsidRPr="00294367" w:rsidRDefault="001B6ACB" w:rsidP="001B6ACB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="73F3285A" w14:textId="48877DD2" w:rsidR="000C5560" w:rsidRPr="00294367" w:rsidRDefault="000C5560" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C978901" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="006646AD" w:rsidP="00A02E77">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="02AD128B" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="00C15D64" w:rsidP="00D11245">
-[...101 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="7F04A539" w14:textId="77777777" w:rsidR="00CB2F07" w:rsidRPr="00294367" w:rsidRDefault="00CB2F07" w:rsidP="00CB2F07">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Metų eigoje</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52600A97" w14:textId="635CED33" w:rsidR="00A02E77" w:rsidRPr="00294367" w:rsidRDefault="00A02E77" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6173B7A2" w14:textId="77777777" w:rsidR="00A02E77" w:rsidRPr="00294367" w:rsidRDefault="00A02E77" w:rsidP="00A02E77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6AFDE5EC" w14:textId="24ECEDEA" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="006646AD" w:rsidP="00A02E77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1495" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="30844020" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="00D11245">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="49833379" w14:textId="715E9AF3" w:rsidR="00A02E77" w:rsidRPr="00294367" w:rsidRDefault="00CB2F07" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Žmogiškieji ištekliai</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="240FEBE2" w14:textId="11D90662" w:rsidR="00A02E77" w:rsidRPr="00294367" w:rsidRDefault="00A02E77" w:rsidP="00A02E77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4DD6A9CE" w14:textId="3F3D1343" w:rsidR="00A02E77" w:rsidRPr="00294367" w:rsidRDefault="00A02E77" w:rsidP="00A02E77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18B56BCC" w14:textId="306FDFCF" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="006646AD" w:rsidP="00A02E77">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006646AD" w14:paraId="7C20545F" w14:textId="77777777" w:rsidTr="00D11245">
+      <w:tr w:rsidR="00A02E77" w14:paraId="72D7F5B2" w14:textId="77777777" w:rsidTr="00270CED">
+        <w:trPr>
+          <w:trHeight w:val="1852"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="734" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3DFF11C3" w14:textId="270C446E" w:rsidR="006646AD" w:rsidRDefault="00CC7C76" w:rsidP="00D11245">
+          <w:p w14:paraId="76CE0066" w14:textId="4FEEF204" w:rsidR="00A02E77" w:rsidRDefault="00A02E77" w:rsidP="00D11245">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...7 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2925" w:type="dxa"/>
-[...39 lines deleted...]
-            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="75F16904" w14:textId="0F373BBE" w:rsidR="006646AD" w:rsidRPr="00FC247B" w:rsidRDefault="006646AD" w:rsidP="00D11245">
-[...128 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="3664E4DA" w14:textId="78003CB1" w:rsidR="00A02E77" w:rsidRPr="00C562E9" w:rsidRDefault="00A02E77" w:rsidP="00A02E77">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C562E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Vykdyti mokinių socialinio emocinio ugdymo reflektavimo susirinkimus</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="439E233D" w14:textId="77777777" w:rsidR="00A02E77" w:rsidRPr="00C562E9" w:rsidRDefault="00A02E77" w:rsidP="00D11245">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="57F23CF8" w14:textId="77777777" w:rsidR="00A02E77" w:rsidRPr="00C562E9" w:rsidRDefault="00A02E77" w:rsidP="00D11245">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2246" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="29BECE1D" w14:textId="2227A49B" w:rsidR="00BC3AF8" w:rsidRPr="00FC247B" w:rsidRDefault="00A25904" w:rsidP="00D11245">
-[...81 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:p w14:paraId="0319CFF0" w14:textId="384F694C" w:rsidR="00A02E77" w:rsidRPr="00C562E9" w:rsidRDefault="00A02E77" w:rsidP="001B6ACB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C562E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C91A2B" w:rsidRPr="00C562E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C562E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ndividualios mokinių pažangos</w:t>
+            </w:r>
+            <w:r w:rsidR="00F646F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (toliau – IP)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C562E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> fiksavimas ir aptarimai, SEU reflektavimo susirinkimai siekiant asmeninės kiekvieno mokinio pažangos.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7FD68237" w14:textId="3ED7F6D2" w:rsidR="00BF49F4" w:rsidRDefault="00A02E77" w:rsidP="00BF49F4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C562E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB2F07" w:rsidRPr="00C562E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mokinių IP stebėsena,  fiksavimas, reflektavimas ir aptarimas </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C562E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>VGK, SEU susirinkimuose</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB2F07" w:rsidRPr="00C562E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C562E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB2F07" w:rsidRPr="00C562E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C562E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>smenini</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB2F07" w:rsidRPr="00C562E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ų</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C562E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> IP plan</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB2F07" w:rsidRPr="00C562E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ų</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C562E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> su mokiniais </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB2F07" w:rsidRPr="00C562E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>sudarymas</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF49F4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF49F4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Parengta mokykloje </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF49F4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>įgyvendinamų socialinio-emocinio ugdymo veiklų tvarumo ir paveikumo mokinių pasiekimams analizė.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="634E776F" w14:textId="77777777" w:rsidR="00BF49F4" w:rsidRPr="000C5560" w:rsidRDefault="00BF49F4" w:rsidP="00BF49F4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="104AD580" w14:textId="5448B61D" w:rsidR="00A02E77" w:rsidRPr="00C562E9" w:rsidRDefault="00A02E77" w:rsidP="001B6ACB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1CF9285F" w14:textId="204E45DA" w:rsidR="00A02E77" w:rsidRPr="00CA1C19" w:rsidRDefault="00A02E77" w:rsidP="00A02E77">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Klasių auklėtoj</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF49F4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ai</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB2F07" w:rsidRPr="00CA1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, dalykų </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7342DAC9" w14:textId="639D9423" w:rsidR="00CB2F07" w:rsidRPr="00CA1C19" w:rsidRDefault="00BF49F4" w:rsidP="00A02E77">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB2F07" w:rsidRPr="00CA1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>okytojai</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="542A1F81" w14:textId="1978A2CE" w:rsidR="00BF49F4" w:rsidRPr="00294367" w:rsidRDefault="00BF49F4" w:rsidP="00BF49F4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>avaduotoja ugdymui.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21ED4288" w14:textId="77777777" w:rsidR="00A02E77" w:rsidRPr="00CA1C19" w:rsidRDefault="00A02E77" w:rsidP="001B6ACB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0CFAC5A4" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="00D11245">
-[...83 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="6FF97DCE" w14:textId="77777777" w:rsidR="00CB2F07" w:rsidRPr="00CA1C19" w:rsidRDefault="00CB2F07" w:rsidP="00CB2F07">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Metų eigoje</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="261E1A46" w14:textId="6AC70436" w:rsidR="00A02E77" w:rsidRPr="00CA1C19" w:rsidRDefault="00A02E77" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="71BFF6B4" w14:textId="156EEBD5" w:rsidR="006646AD" w:rsidRDefault="00383870" w:rsidP="00D11245">
-[...128 lines deleted...]
-              <w:t>Intelektualiniai</w:t>
+          <w:p w14:paraId="6BE2B21D" w14:textId="1A230FDF" w:rsidR="00A02E77" w:rsidRPr="00294367" w:rsidRDefault="00CB2F07" w:rsidP="001B6ACB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Žmogiškieji ištekliai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006646AD" w14:paraId="725F8454" w14:textId="77777777" w:rsidTr="00D11245">
+      <w:tr w:rsidR="00152DFB" w14:paraId="74022128" w14:textId="77777777" w:rsidTr="006B4FEA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="734" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F51C0EF" w14:textId="3EA658EB" w:rsidR="006646AD" w:rsidRDefault="00CC7C76" w:rsidP="00D11245">
+          <w:p w14:paraId="5FC9AE8D" w14:textId="79B75DF9" w:rsidR="00152DFB" w:rsidRDefault="00CC7C76" w:rsidP="00D11245">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...7 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2925" w:type="dxa"/>
-[...37 lines deleted...]
-            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4EADF50C" w14:textId="255D6E8B" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="00D11245">
-            <w:pPr>
+          <w:p w14:paraId="10BEE003" w14:textId="7816E75C" w:rsidR="00152DFB" w:rsidRDefault="00152DFB" w:rsidP="00A02E77">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Mokytojai dalyvaus seminaruose ir dalykinė</w:t>
-[...38 lines deleted...]
-            <w:pPr>
+              <w:t>Skatinti mokyklos bendruomenėje empatijos, rūpesčio ir užuojautos kultūrą.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05A49CE6" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRDefault="00152DFB" w:rsidP="00A02E77">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="573A3029" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRDefault="00152DFB" w:rsidP="00A02E77">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2246" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="066E8EF9" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="00D11245">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="0B09CB29" w14:textId="21390F66" w:rsidR="00152DFB" w:rsidRDefault="0037033C" w:rsidP="00152DFB">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="00152DFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>iskusijos ir pokalbiai klasės valandėlių metu, Kupiškio ŠPT psichologo paskaitėlės.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11C3ACE1" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E568609" w14:textId="17212293" w:rsidR="00152DFB" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1ECFDE1B" w14:textId="1FCC7DA4" w:rsidR="00152DFB" w:rsidRDefault="00BF49F4" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ne mažiau</w:t>
+            </w:r>
+            <w:r w:rsidR="00152DFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 50</w:t>
+            </w:r>
+            <w:r w:rsidR="00152DFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve"> mokytojai dalyvaus bent 2 seminaruose, paskaitose, konferencijose ir </w:t>
-            </w:r>
+              <w:t>% mokinių mokymosi rezultatai pagerės.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0860EBC1" w14:textId="27886CDB" w:rsidR="00152DFB" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Pagerės mokinių socialiniai, emociniai įgūdžiai.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F75CD57" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRPr="00CA1C19" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>VGK</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55533E66" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRPr="00CA1C19" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dalykų mokytojai</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="758DA6F1" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRPr="00CA1C19" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Klasių auklėtojai.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0940EE8F" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRDefault="00152DFB" w:rsidP="00A02E77">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A6F8F11" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="00C15D64" w:rsidP="00D11245">
-[...68 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="1B3584DA" w14:textId="77777777" w:rsidR="00CB2F07" w:rsidRPr="00294367" w:rsidRDefault="00CB2F07" w:rsidP="00CB2F07">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Metų eigoje</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B0C9435" w14:textId="4B7323E9" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="38A62751" w14:textId="55310D54" w:rsidR="006646AD" w:rsidRDefault="00383870" w:rsidP="00D11245">
-[...62 lines deleted...]
-              <w:t>Intelektualiniai</w:t>
+          <w:p w14:paraId="4C9E67D4" w14:textId="76A9D759" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00CB2F07" w:rsidP="001B6ACB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Žmogiškieji ištekliai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006646AD" w14:paraId="0B5E72CB" w14:textId="77777777" w:rsidTr="00D11245">
+      <w:tr w:rsidR="00A02E77" w:rsidRPr="00294367" w14:paraId="70ED0196" w14:textId="77777777" w:rsidTr="00270CED">
+        <w:trPr>
+          <w:trHeight w:val="4848"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="734" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55647E0E" w14:textId="43D5631C" w:rsidR="006646AD" w:rsidRDefault="00CC7C76" w:rsidP="00D11245">
-[...16 lines deleted...]
-            <w:r w:rsidR="006646AD">
+          <w:p w14:paraId="4F62C7E2" w14:textId="73C15DBA" w:rsidR="00A02E77" w:rsidRDefault="00CC7C76" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00A02E77" w:rsidRPr="00294367">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="5C358F98" w14:textId="0DD2B122" w:rsidR="00B653F8" w:rsidRDefault="00B653F8" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66E222F1" w14:textId="0C635D3B" w:rsidR="00B653F8" w:rsidRDefault="00B653F8" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5AFC6691" w14:textId="1FF7A31E" w:rsidR="00B653F8" w:rsidRDefault="00B653F8" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7A397296" w14:textId="08EDE9A5" w:rsidR="00B653F8" w:rsidRDefault="00B653F8" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A2909E1" w14:textId="036CB34A" w:rsidR="00B653F8" w:rsidRDefault="00B653F8" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C26DA59" w14:textId="79937892" w:rsidR="00B653F8" w:rsidRDefault="00B653F8" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="29857D24" w14:textId="011E8A8D" w:rsidR="00B653F8" w:rsidRDefault="00B653F8" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0BB5E6BE" w14:textId="5C61BE3F" w:rsidR="00B653F8" w:rsidRDefault="00B653F8" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2CCC5735" w14:textId="363A6605" w:rsidR="00B653F8" w:rsidRDefault="00B653F8" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79689884" w14:textId="3CB003D4" w:rsidR="00B653F8" w:rsidRDefault="00B653F8" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="478FA9DE" w14:textId="6D7478EC" w:rsidR="00B653F8" w:rsidRDefault="00B653F8" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="284FD652" w14:textId="19DDC083" w:rsidR="00B653F8" w:rsidRDefault="00B653F8" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6B2F2852" w14:textId="0B2ABD9D" w:rsidR="00B653F8" w:rsidRDefault="00B653F8" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="01B8F233" w14:textId="2F3050EA" w:rsidR="00B653F8" w:rsidRDefault="00B653F8" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6B9CF84D" w14:textId="7FEE83E6" w:rsidR="00B653F8" w:rsidRDefault="00B653F8" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C471E57" w14:textId="4F63DF53" w:rsidR="00B653F8" w:rsidRDefault="00B653F8" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5CF4EEE9" w14:textId="77777777" w:rsidR="00A02E77" w:rsidRPr="00CA1C19" w:rsidRDefault="00A02E77" w:rsidP="00CA1C19">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:ind w:left="1353"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2925" w:type="dxa"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B44BC86" w14:textId="3332C4DC" w:rsidR="006646AD" w:rsidRPr="0060479A" w:rsidRDefault="006646AD" w:rsidP="00D11245">
-[...32 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="3D7D8229" w14:textId="77777777" w:rsidR="00A02E77" w:rsidRPr="00294367" w:rsidRDefault="00A02E77" w:rsidP="00A02E77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ugdyti mokinių kritinį mąstymą, gilinti</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F8604CB" w14:textId="1A3E6126" w:rsidR="0037033C" w:rsidRPr="00294367" w:rsidRDefault="00A02E77" w:rsidP="00294367">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>pilietiškumo šaknis</w:t>
+            </w:r>
+            <w:r w:rsidR="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,  s</w:t>
+            </w:r>
+            <w:r w:rsidR="0082588B" w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>veik</w:t>
+            </w:r>
+            <w:r w:rsidR="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ą</w:t>
+            </w:r>
+            <w:r w:rsidR="0082588B" w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> gyvens</w:t>
+            </w:r>
+            <w:r w:rsidR="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>eną</w:t>
+            </w:r>
+            <w:r w:rsidR="0082588B" w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir psichologin</w:t>
+            </w:r>
+            <w:r w:rsidR="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>į atsparumą</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11975491" w14:textId="77777777" w:rsidR="00C91A2B" w:rsidRPr="00294367" w:rsidRDefault="00C91A2B" w:rsidP="00D11245">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="48530D1D" w14:textId="77777777" w:rsidR="00C91A2B" w:rsidRPr="00294367" w:rsidRDefault="00C91A2B" w:rsidP="00D11245">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4CEA78A6" w14:textId="77777777" w:rsidR="00C91A2B" w:rsidRPr="00294367" w:rsidRDefault="00C91A2B" w:rsidP="00D11245">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1607FEA7" w14:textId="77777777" w:rsidR="00C91A2B" w:rsidRPr="00294367" w:rsidRDefault="00C91A2B" w:rsidP="00D11245">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4948B96B" w14:textId="77777777" w:rsidR="00C91A2B" w:rsidRPr="00294367" w:rsidRDefault="00C91A2B" w:rsidP="00D11245">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A02AA9F" w14:textId="77777777" w:rsidR="00C91A2B" w:rsidRPr="00294367" w:rsidRDefault="00C91A2B" w:rsidP="00D11245">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="009619C8" w:rsidRPr="0060479A">
-[...38 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EB18F98" w14:textId="77777777" w:rsidR="00C91A2B" w:rsidRPr="00294367" w:rsidRDefault="00C91A2B" w:rsidP="00D11245">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="334B0455" w14:textId="77777777" w:rsidR="00294367" w:rsidRDefault="00294367" w:rsidP="00D11245">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6205585C" w14:textId="77777777" w:rsidR="00294367" w:rsidRDefault="00294367" w:rsidP="00D11245">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7CCBF535" w14:textId="77777777" w:rsidR="00294367" w:rsidRDefault="00294367" w:rsidP="00D11245">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A3F0743" w14:textId="77777777" w:rsidR="00294367" w:rsidRDefault="00294367" w:rsidP="00D11245">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="030BB35C" w14:textId="77777777" w:rsidR="00CA1C19" w:rsidRDefault="00CA1C19" w:rsidP="00D11245">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3B7E4B58" w14:textId="7F5F70E5" w:rsidR="00C91A2B" w:rsidRPr="00294367" w:rsidRDefault="00C91A2B" w:rsidP="00D11245">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="64A409F6" w14:textId="74280567" w:rsidR="006646AD" w:rsidRPr="0060479A" w:rsidRDefault="006646AD" w:rsidP="00D11245">
+          <w:p w14:paraId="3A9F5C04" w14:textId="33D4DD3A" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00270CED">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1191"/>
+                <w:tab w:val="left" w:pos="2496"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Mokini</w:t>
+            </w:r>
+            <w:r w:rsidR="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ų dalyvavimas renginiuose, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">skirtuose valstybinėms šventėms paminėti. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E99D27C" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D616C29" w14:textId="1DE1E821" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1-10 klasių mokini</w:t>
+            </w:r>
+            <w:r w:rsidR="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ų</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> dalyva</w:t>
+            </w:r>
+            <w:r w:rsidR="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vimas</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Kupiškio policijos komisariato bendruomenės pareigūnės organizuojamose pamokose.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D7F21B6" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0060479A">
+          </w:p>
+          <w:p w14:paraId="55DF60B7" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Bus organizuotas Nacionalinis mokinių pasiekimų patikrinimas</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="009619C8" w:rsidRPr="0060479A">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16127F22" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 4, 8 kl., elektroniniame NMPP ir Pagrindinio ugdymo pasiekimų patikrinimas PUPP.</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="1ECEAECE" w14:textId="77777777" w:rsidR="00B706E1" w:rsidRPr="0060479A" w:rsidRDefault="00B706E1" w:rsidP="00D11245">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18FAD707" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7A14E827" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="0060479A" w:rsidRDefault="00B706E1" w:rsidP="00D11245">
+          <w:p w14:paraId="6A17EB47" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0060479A">
+          </w:p>
+          <w:p w14:paraId="32A9FB6E" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>M</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="006646AD" w:rsidRPr="0060479A">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3E1F6F5F" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">okiniai dalyvaus </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0060479A">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="57006321" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">TIMSS </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="006646AD" w:rsidRPr="0060479A">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44E7DE1A" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>tyrime.</w:t>
-            </w:r>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="771D3B9E" w14:textId="20D81630" w:rsidR="00C91A2B" w:rsidRPr="00294367" w:rsidRDefault="00C91A2B" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2246" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F1B1FC6" w14:textId="42B81090" w:rsidR="00B706E1" w:rsidRPr="0060479A" w:rsidRDefault="009619C8" w:rsidP="00D11245">
-[...77 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="44D651EC" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>100 % mokinių aktyviai dalyvaus pilietiškumo skatinimo renginiuose.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D119A75" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C05DEF9" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>80 % mokinių aktyviai dalyvaus įvairiuose projekto renginiuose. Bus ugdomas kūrybiškumas, skaitomų tekstų suvokimas. Mokiniai susipažins su užsienio šalių kultūra.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1250C094" w14:textId="3E6B2217" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Visi mokiniai dalyvaus socialinėje-pilietinėje veikloje.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EF8AC1B" w14:textId="51495750" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(Dalyvauja 5-10 klasių mokiniai.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="378515A2" w14:textId="0F7827A5" w:rsidR="00CA1C19" w:rsidRPr="00294367" w:rsidRDefault="00CA1C19" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="243C41A3" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A. Martinka</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36AED0B9" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D.Miknevičienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B8A201F" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Klasių auklėtojai</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CFF3A14" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="45D50D9C" w14:textId="0E9635A9" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00CB2F07" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Klasių auklėtojos</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33954AB8" w14:textId="42261445" w:rsidR="00CB2F07" w:rsidRPr="00294367" w:rsidRDefault="00CB2F07" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>dalykų mokytojai</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D430EF6" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Socialinė pedagogė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E8BAB10" w14:textId="1082679F" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F2E50CA" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5EDE3643" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0DD4A34D" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="46B4301F" w14:textId="1A21351D" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="0037033C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="09A6F15B" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="079BBDCC" w14:textId="3F542DEE" w:rsidR="00A02E77" w:rsidRPr="00294367" w:rsidRDefault="00A02E77" w:rsidP="00294367">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="24E1A332" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="0060479A" w:rsidRDefault="00B706E1" w:rsidP="00D11245">
-[...204 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="58FB055E" w14:textId="77777777" w:rsidR="00CB2F07" w:rsidRPr="00294367" w:rsidRDefault="00CB2F07" w:rsidP="00CB2F07">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Metų eigoje</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C9D37EF" w14:textId="5E7C133D" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4677ADE8" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="78576E33" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3109CACE" w14:textId="77777777" w:rsidR="00CB2F07" w:rsidRPr="00294367" w:rsidRDefault="00CB2F07" w:rsidP="00CB2F07">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Metų eigoje</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="458C54FD" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33A5370B" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="643D5F42" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5C068729" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="017C199F" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10EFA78E" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5AAD4668" w14:textId="1AA909A9" w:rsidR="00914D2C" w:rsidRPr="00294367" w:rsidRDefault="00914D2C" w:rsidP="00914D2C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="42057E80" w14:textId="467A3E1A" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="67D2BE9A" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1AE70C70" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2CD4ED25" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F9A70B7" w14:textId="77777777" w:rsidR="00152DFB" w:rsidRPr="00294367" w:rsidRDefault="00152DFB" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DB7C2A4" w14:textId="77777777" w:rsidR="00A02E77" w:rsidRPr="00294367" w:rsidRDefault="00A02E77" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="42FE220E" w14:textId="0183573C" w:rsidR="006646AD" w:rsidRDefault="00383870" w:rsidP="00D11245">
-[...119 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="6755A5AB" w14:textId="77777777" w:rsidR="00A02E77" w:rsidRPr="00294367" w:rsidRDefault="00CB2F07" w:rsidP="001B6ACB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Žmogiškieji ištekliai</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="271FC64F" w14:textId="77777777" w:rsidR="00914D2C" w:rsidRPr="00294367" w:rsidRDefault="00914D2C" w:rsidP="001B6ACB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F04833B" w14:textId="77777777" w:rsidR="00914D2C" w:rsidRPr="00294367" w:rsidRDefault="00914D2C" w:rsidP="001B6ACB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C8961E8" w14:textId="77777777" w:rsidR="00914D2C" w:rsidRPr="00294367" w:rsidRDefault="00914D2C" w:rsidP="001B6ACB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Žmogiškieji ištekliai</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DBCA36B" w14:textId="77777777" w:rsidR="00914D2C" w:rsidRPr="00294367" w:rsidRDefault="00914D2C" w:rsidP="001B6ACB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3B6E0CB8" w14:textId="77777777" w:rsidR="00914D2C" w:rsidRPr="00294367" w:rsidRDefault="00914D2C" w:rsidP="001B6ACB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51619E71" w14:textId="77777777" w:rsidR="00914D2C" w:rsidRPr="00294367" w:rsidRDefault="00914D2C" w:rsidP="001B6ACB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39383B4B" w14:textId="77777777" w:rsidR="00914D2C" w:rsidRPr="00294367" w:rsidRDefault="00914D2C" w:rsidP="001B6ACB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D9EF843" w14:textId="77777777" w:rsidR="00914D2C" w:rsidRPr="00294367" w:rsidRDefault="00914D2C" w:rsidP="001B6ACB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="642D0885" w14:textId="77777777" w:rsidR="00914D2C" w:rsidRPr="00294367" w:rsidRDefault="00914D2C" w:rsidP="001B6ACB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3230DD3B" w14:textId="77777777" w:rsidR="00914D2C" w:rsidRPr="00294367" w:rsidRDefault="00914D2C" w:rsidP="001B6ACB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="05FF210D" w14:textId="77777777" w:rsidR="00914D2C" w:rsidRPr="00294367" w:rsidRDefault="00914D2C" w:rsidP="001B6ACB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="48F86CE2" w14:textId="77777777" w:rsidR="00914D2C" w:rsidRPr="00294367" w:rsidRDefault="00914D2C" w:rsidP="001B6ACB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="32DF81EB" w14:textId="77777777" w:rsidR="00914D2C" w:rsidRPr="00294367" w:rsidRDefault="00914D2C" w:rsidP="001B6ACB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51825703" w14:textId="77777777" w:rsidR="00914D2C" w:rsidRPr="00294367" w:rsidRDefault="00914D2C" w:rsidP="001B6ACB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5EE0CB88" w14:textId="6B1A6EB7" w:rsidR="00914D2C" w:rsidRPr="00294367" w:rsidRDefault="00914D2C" w:rsidP="001B6ACB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006646AD" w14:paraId="5EA12F30" w14:textId="77777777" w:rsidTr="00D11245">
-[...649 lines deleted...]
-      <w:tr w:rsidR="00A02E77" w14:paraId="72D7F5B2" w14:textId="77777777" w:rsidTr="00D11245">
+      <w:tr w:rsidR="00270CED" w:rsidRPr="00294367" w14:paraId="131217CD" w14:textId="77777777" w:rsidTr="00270CED">
+        <w:trPr>
+          <w:trHeight w:val="3538"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="734" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="76CE0066" w14:textId="4FEEF204" w:rsidR="00A02E77" w:rsidRDefault="00A02E77" w:rsidP="00D11245">
+          <w:p w14:paraId="6B63CECA" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F0105B4" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2.</w:t>
-            </w:r>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1544C101" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="09AD0B86" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4E9FC415" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="62324081" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3CE17DC3" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="31A28712" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4324803A" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A57FDDF" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4CB334D2" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="11FE29D8" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="56BDB0FD" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00D11245">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="35960CD9" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00294367" w:rsidRDefault="00270CED" w:rsidP="00CA1C19">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:ind w:left="1353"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2925" w:type="dxa"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3664E4DA" w14:textId="77777777" w:rsidR="00A02E77" w:rsidRDefault="00A02E77" w:rsidP="00A02E77">
+          <w:p w14:paraId="5877A132" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00294367" w:rsidRDefault="00270CED" w:rsidP="00D11245">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...85 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Socialinių emocinių kompetencijų ugdymo(si) praktikų taikymas</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0319CFF0" w14:textId="093F8730" w:rsidR="00A02E77" w:rsidRDefault="00A02E77" w:rsidP="001B6ACB">
+          <w:p w14:paraId="718F5034" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00294367" w:rsidRDefault="00270CED" w:rsidP="00152DFB">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Socialinės, specialiosios ir psichologinės pagalbos socialiai jautriems mokiniams ir jų tėvams (globėjams/rūpintojams) teikimas.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="006FD622" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00294367" w:rsidRDefault="00270CED" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2246" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="104AD580" w14:textId="164C8162" w:rsidR="00A02E77" w:rsidRDefault="00A02E77" w:rsidP="001B6ACB">
-[...24 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="2C481CA5" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00294367" w:rsidRDefault="00270CED" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Paskaitų, edukacinių filmų peržiūrų apie sveiką gyvenseną, emocinį stabilumą ir paauglių teisinę atsakomybę organizavimas. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="657FA853" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00294367" w:rsidRDefault="00270CED" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Socialiai jautrių mokinių dalyvavimas popamokinėje veikloje, vaikų dienos centriuke, prevenciniuose, socializacijos projektuose</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D767718" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00294367" w:rsidRDefault="00270CED" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24C3BC06" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00294367" w:rsidRDefault="00270CED" w:rsidP="00294367">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C3081D3" w14:textId="77777777" w:rsidR="00A02E77" w:rsidRDefault="00A02E77" w:rsidP="00A02E77">
-[...78 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="01D95122" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00914D2C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="090A2B0B" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00294367" w:rsidRDefault="00270CED" w:rsidP="00914D2C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Metų eigoje</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6622067C" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00294367" w:rsidRDefault="00270CED" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5D88A141" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3B6791BC" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="58E1FB65" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="02455D01" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3530462E" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0105842A" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1EF64330" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="02DF3CFE" w14:textId="77777777" w:rsidR="00270CED" w:rsidRDefault="00270CED" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0410EB21" w14:textId="3C4C326A" w:rsidR="00270CED" w:rsidRPr="00294367" w:rsidRDefault="00270CED" w:rsidP="00152DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="261E1A46" w14:textId="7FA91F0B" w:rsidR="00A02E77" w:rsidRDefault="00A02E77" w:rsidP="00D11245">
-[...2263 lines deleted...]
-              <w:t>Intelektualiniai</w:t>
+          <w:p w14:paraId="18190644" w14:textId="77777777" w:rsidR="00270CED" w:rsidRPr="00294367" w:rsidRDefault="00270CED" w:rsidP="001B6ACB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00294367">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Žmogiškieji ištekliai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3EF836AB" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="00872A27" w:rsidRDefault="006646AD" w:rsidP="006646AD">
+    <w:p w14:paraId="415AAB58" w14:textId="77777777" w:rsidR="00CA1C19" w:rsidRDefault="00CA1C19" w:rsidP="00CA1C19">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EF836AB" w14:textId="42F16273" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="006646AD" w:rsidP="006646AD">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00294367">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>BAIGIAMOSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53560A2C" w14:textId="77777777" w:rsidR="006646AD" w:rsidRDefault="006646AD" w:rsidP="006646AD">
+    <w:p w14:paraId="53560A2C" w14:textId="77777777" w:rsidR="006646AD" w:rsidRPr="00294367" w:rsidRDefault="006646AD" w:rsidP="006646AD">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00294367">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">             Plano įgyvendinimą koordinuos mokytoja (vykdanti direktoriaus pavaduotojo ugdymui funkcijas).  Priežiūrą vykdys Mokyklos direktorius. Planas bus patalpintas Mokyklos internetinėje svetainėje </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidRPr="00E515E5">
+        <w:r w:rsidRPr="00294367">
           <w:rPr>
             <w:rStyle w:val="Hipersaitas"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>www.alizava.lt</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="00294367">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> .</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26D121D6" w14:textId="77777777" w:rsidR="00EF745D" w:rsidRPr="006646AD" w:rsidRDefault="006646AD" w:rsidP="00B33832">
+    <w:p w14:paraId="26D121D6" w14:textId="31A037BE" w:rsidR="00EF745D" w:rsidRPr="00294367" w:rsidRDefault="006646AD" w:rsidP="00B33832">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00294367">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>___________________________</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00EF745D" w:rsidRPr="006646AD" w:rsidSect="00ED70E2">
+    <w:sectPr w:rsidR="00EF745D" w:rsidRPr="00294367" w:rsidSect="006B4FEA">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
-      <w:pgMar w:top="1701" w:right="1701" w:bottom="567" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
+      <w:pgMar w:top="709" w:right="678" w:bottom="851" w:left="1560" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...4 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  <w:font w:name="TimesNewRomanPSMT">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000005" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000002" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00527833"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="38A450A6"/>
-    <w:lvl w:ilvl="0" w:tplc="0427000F">
+    <w:tmpl w:val="86BC49EC"/>
+    <w:lvl w:ilvl="0" w:tplc="645C8FC4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="-218" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="1353" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1222" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0427000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -10379,86 +10430,89 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="26E60A62"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E8E4259A"/>
+    <w:tmpl w:val="722C96C8"/>
     <w:lvl w:ilvl="0" w:tplc="BB2E7A0E">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0427000F">
+    <w:lvl w:ilvl="3" w:tplc="1C9CE3F2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04270019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0427001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0427000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -10552,60 +10606,60 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4102" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4822" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5542" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2E2D2DCF"/>
+    <w:nsid w:val="2BFC148D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="08D8BFF2"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1."/>
+    <w:tmpl w:val="3442516C"/>
+    <w:lvl w:ilvl="0" w:tplc="7C0A01C4">
+      <w:start w:val="2026"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="936" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0427000F" w:tentative="1">
       <w:start w:val="1"/>
@@ -10641,53 +10695,53 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="39886464"/>
+    <w:nsid w:val="2E2D2DCF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="39B08A1A"/>
+    <w:tmpl w:val="08D8BFF2"/>
     <w:lvl w:ilvl="0" w:tplc="04270015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -10730,139 +10784,317 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3F7E185C"/>
+    <w:nsid w:val="380F5348"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8A16FA4E"/>
-    <w:lvl w:ilvl="0" w:tplc="04270015">
+    <w:tmpl w:val="2D4283EA"/>
+    <w:lvl w:ilvl="0" w:tplc="FAB6E1FC">
       <w:start w:val="1"/>
-      <w:numFmt w:val="upperLetter"/>
+      <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2880" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0427000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="5040" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0427000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="39886464"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="39B08A1A"/>
+    <w:lvl w:ilvl="0" w:tplc="04270015">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0427000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0427000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3F7E185C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8A16FA4E"/>
+    <w:lvl w:ilvl="0" w:tplc="04270015">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0427000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0427000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4AA615DD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DACC4774"/>
     <w:lvl w:ilvl="0" w:tplc="04270001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10931,51 +11163,140 @@
     <w:lvl w:ilvl="7" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04270005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="50871172"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AF2A6F7C"/>
+    <w:lvl w:ilvl="0" w:tplc="FDA06CC2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0427000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0427000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7920" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="714B074D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E202FD96"/>
     <w:lvl w:ilvl="0" w:tplc="3982B994">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2073" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -11020,224 +11341,285 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5673" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6393" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7113" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1346978032">
+  <w:num w:numId="1" w16cid:durableId="1909916864">
     <w:abstractNumId w:val="4"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1096635321">
+  <w:num w:numId="2" w16cid:durableId="1212888847">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="984048789">
+  <w:num w:numId="3" w16cid:durableId="348603498">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1221479094">
+  <w:num w:numId="4" w16cid:durableId="286939135">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1683555388">
+  <w:num w:numId="5" w16cid:durableId="897714738">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="2090038447">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1707751569">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="652417911">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="2066486589">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1624725777">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1277710761">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1655185091">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="12" w16cid:durableId="1832796180">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1511524452">
-[...5 lines deleted...]
-  <w:num w:numId="9" w16cid:durableId="501165860">
+  <w:num w:numId="13" w16cid:durableId="1116413650">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="413623157">
-[...2 lines deleted...]
-  <w:num w:numId="11" w16cid:durableId="1171985068">
+  <w:num w:numId="14" w16cid:durableId="1722362190">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="471484217">
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="15" w16cid:durableId="1247766947">
+    <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006646AD"/>
+    <w:rsid w:val="00042FE6"/>
     <w:rsid w:val="00052D93"/>
+    <w:rsid w:val="00091EFF"/>
+    <w:rsid w:val="000A366E"/>
+    <w:rsid w:val="000C483C"/>
     <w:rsid w:val="000C5560"/>
     <w:rsid w:val="000E41AF"/>
+    <w:rsid w:val="001448C0"/>
     <w:rsid w:val="00152DFB"/>
     <w:rsid w:val="00153121"/>
     <w:rsid w:val="00173EDB"/>
     <w:rsid w:val="00191F46"/>
+    <w:rsid w:val="001B2746"/>
     <w:rsid w:val="001B6ACB"/>
+    <w:rsid w:val="002107AF"/>
     <w:rsid w:val="0022335A"/>
     <w:rsid w:val="00235279"/>
+    <w:rsid w:val="00270CED"/>
+    <w:rsid w:val="0029173E"/>
+    <w:rsid w:val="00294367"/>
     <w:rsid w:val="002A350B"/>
+    <w:rsid w:val="002A7F56"/>
     <w:rsid w:val="002C542A"/>
     <w:rsid w:val="002C5DCC"/>
     <w:rsid w:val="00300D5D"/>
     <w:rsid w:val="003165B3"/>
     <w:rsid w:val="003215E4"/>
     <w:rsid w:val="003458F6"/>
+    <w:rsid w:val="0037033C"/>
     <w:rsid w:val="00383870"/>
     <w:rsid w:val="003E41FB"/>
     <w:rsid w:val="00410B7B"/>
     <w:rsid w:val="0041674C"/>
     <w:rsid w:val="004710EE"/>
     <w:rsid w:val="00476207"/>
     <w:rsid w:val="004A5BC4"/>
     <w:rsid w:val="004B1CBB"/>
+    <w:rsid w:val="004E5368"/>
+    <w:rsid w:val="00583985"/>
     <w:rsid w:val="005E3FD4"/>
     <w:rsid w:val="0060479A"/>
     <w:rsid w:val="006132B5"/>
     <w:rsid w:val="006640AE"/>
     <w:rsid w:val="006646AD"/>
     <w:rsid w:val="0067595D"/>
+    <w:rsid w:val="006B4FEA"/>
+    <w:rsid w:val="006D3002"/>
     <w:rsid w:val="006F017F"/>
+    <w:rsid w:val="00703F93"/>
     <w:rsid w:val="007730A3"/>
     <w:rsid w:val="00774EE2"/>
     <w:rsid w:val="007C6955"/>
+    <w:rsid w:val="007D72D4"/>
     <w:rsid w:val="007F05DC"/>
+    <w:rsid w:val="0082588B"/>
     <w:rsid w:val="00866122"/>
+    <w:rsid w:val="00876F1A"/>
     <w:rsid w:val="008B5C51"/>
     <w:rsid w:val="008C0686"/>
     <w:rsid w:val="008E30C8"/>
+    <w:rsid w:val="00914D2C"/>
+    <w:rsid w:val="00920361"/>
     <w:rsid w:val="00927242"/>
+    <w:rsid w:val="009278A1"/>
+    <w:rsid w:val="00927A23"/>
+    <w:rsid w:val="009345C0"/>
+    <w:rsid w:val="0095529B"/>
     <w:rsid w:val="009619C8"/>
     <w:rsid w:val="009C76D2"/>
     <w:rsid w:val="009D6F68"/>
     <w:rsid w:val="00A02E77"/>
     <w:rsid w:val="00A25904"/>
+    <w:rsid w:val="00A27848"/>
     <w:rsid w:val="00A5087E"/>
+    <w:rsid w:val="00A57170"/>
     <w:rsid w:val="00AA54D1"/>
+    <w:rsid w:val="00AB060A"/>
+    <w:rsid w:val="00AF4BBA"/>
+    <w:rsid w:val="00B101A7"/>
     <w:rsid w:val="00B33832"/>
+    <w:rsid w:val="00B42CEC"/>
+    <w:rsid w:val="00B653F8"/>
     <w:rsid w:val="00B706E1"/>
     <w:rsid w:val="00BC3AF8"/>
     <w:rsid w:val="00BC79E4"/>
+    <w:rsid w:val="00BD3CCE"/>
+    <w:rsid w:val="00BF49F4"/>
     <w:rsid w:val="00C15D64"/>
+    <w:rsid w:val="00C251AB"/>
     <w:rsid w:val="00C470C7"/>
+    <w:rsid w:val="00C562E9"/>
+    <w:rsid w:val="00C770D7"/>
+    <w:rsid w:val="00C91A2B"/>
+    <w:rsid w:val="00CA1C19"/>
     <w:rsid w:val="00CA581F"/>
+    <w:rsid w:val="00CB2F07"/>
     <w:rsid w:val="00CC7C76"/>
+    <w:rsid w:val="00D4164E"/>
+    <w:rsid w:val="00DA0CA8"/>
     <w:rsid w:val="00DC6627"/>
+    <w:rsid w:val="00DE294C"/>
+    <w:rsid w:val="00DF3713"/>
     <w:rsid w:val="00E22ECC"/>
     <w:rsid w:val="00E60823"/>
+    <w:rsid w:val="00EA298D"/>
+    <w:rsid w:val="00EA4D0D"/>
     <w:rsid w:val="00EA761D"/>
     <w:rsid w:val="00EC1443"/>
+    <w:rsid w:val="00ED3C83"/>
     <w:rsid w:val="00ED70E2"/>
     <w:rsid w:val="00EE46F7"/>
     <w:rsid w:val="00EF745D"/>
+    <w:rsid w:val="00F646F8"/>
     <w:rsid w:val="00F66297"/>
     <w:rsid w:val="00FC247B"/>
+    <w:rsid w:val="00FE599A"/>
+    <w:rsid w:val="00FF6F6C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="13670CA4"/>
@@ -11700,50 +12082,118 @@
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipersaitas">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006646AD"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Komentaronuoroda">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00ED3C83"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Komentarotekstas">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:link w:val="KomentarotekstasDiagrama"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00ED3C83"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KomentarotekstasDiagrama">
+    <w:name w:val="Komentaro tekstas Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Komentarotekstas"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00ED3C83"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Komentarotema">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Komentarotekstas"/>
+    <w:next w:val="Komentarotekstas"/>
+    <w:link w:val="KomentarotemaDiagrama"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00ED3C83"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KomentarotemaDiagrama">
+    <w:name w:val="Komentaro tema Diagrama"/>
+    <w:basedOn w:val="KomentarotekstasDiagrama"/>
+    <w:link w:val="Komentarotema"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00ED3C83"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alizava.lt" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -12018,68 +12468,76 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11B5B51C-3EC7-4A5F-9F4E-A5F077E40E09}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>1695</Words>
-  <Characters>9666</Characters>
+  <Words>7280</Words>
+  <Characters>4150</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>80</Lines>
+  <Lines>34</Lines>
   <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11339</CharactersWithSpaces>
+  <CharactersWithSpaces>11408</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Daiva</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>