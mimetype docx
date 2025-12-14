--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -2,81 +2,80 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6CA6806F" w14:textId="77777777" w:rsidR="00327E09" w:rsidRDefault="00327E09" w:rsidP="001B1DEA">
       <w:pPr>
         <w:ind w:left="4395"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D012603" w14:textId="0C63D31C" w:rsidR="001B1DEA" w:rsidRDefault="001B1DEA" w:rsidP="001B1DEA">
+    <w:p w14:paraId="3D012603" w14:textId="0C63D31C" w:rsidR="001B1DEA" w:rsidRDefault="001B1DEA" w:rsidP="00997A61">
       <w:pPr>
         <w:ind w:left="4395"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0072F773" w14:textId="3622BBF8" w:rsidR="001B1DEA" w:rsidRDefault="00327E09" w:rsidP="00027E3C">
+    <w:p w14:paraId="0072F773" w14:textId="3622BBF8" w:rsidR="001B1DEA" w:rsidRDefault="00327E09" w:rsidP="00997A61">
       <w:pPr>
         <w:ind w:left="4395"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Kupiškio </w:t>
       </w:r>
       <w:r w:rsidR="001B1DEA">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>r. Alizavos pagrindinės mokyklos direktoriaus</w:t>
       </w:r>
       <w:r w:rsidR="00027E3C">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -185,110 +184,82 @@
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>BENDROSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A8DA74D" w14:textId="77777777" w:rsidR="001B1DEA" w:rsidRDefault="001B1DEA" w:rsidP="001B1DEA">
       <w:pPr>
         <w:ind w:firstLine="680"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39FD7F0F" w14:textId="7F92F623" w:rsidR="001B1DEA" w:rsidRPr="001A3C42" w:rsidRDefault="001B1DEA" w:rsidP="00B67EE0">
+    <w:p w14:paraId="39FD7F0F" w14:textId="7A3D2C13" w:rsidR="001B1DEA" w:rsidRPr="001A3C42" w:rsidRDefault="001B1DEA" w:rsidP="00B67EE0">
       <w:pPr>
         <w:ind w:firstLine="680"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. Kupiškio r. Alizavos pagrindinės mokyklos </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidR="006E5ACC">
+        <w:t>1. Kupiškio r. Alizavos pagrindinės mokyklos</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk145620464"/>
+      <w:r w:rsidR="00997A61">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E37C37">
-[...19 lines deleted...]
-        <w:t xml:space="preserve">Mokyklos lankomumo užtikrinimo tvarkos aprašas (toliau – Tvarkos aprašas) </w:t>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lankomumo užtikrinimo tvarkos aprašas (toliau – Tvarkos aprašas) </w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>nustato Kupiškio r. Alizavos pagrindinės mokyklos</w:t>
       </w:r>
       <w:r w:rsidR="00E37C37">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir skyriaus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> (toliau – Mokykla) nepilnamečių mokinių, besimokančių pagal pradinio, pagrindinio ugdymo programas (toliau – </w:t>
       </w:r>
       <w:r w:rsidR="00B454E3">
         <w:rPr>
@@ -714,51 +685,51 @@
         </w:rPr>
         <w:t xml:space="preserve">5.1.1. ne daugiau nei 5 mokymosi dienas per </w:t>
       </w:r>
       <w:r w:rsidRPr="009029A6">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">kalendorinį </w:t>
       </w:r>
       <w:r w:rsidR="009029A6" w:rsidRPr="009029A6">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">mėnesį </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>gali pateisinti nepilnamečio mokinio tėvai (globėjai, rūpintojai);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71DD9A1D" w14:textId="172A38CD" w:rsidR="001B1DEA" w:rsidRDefault="001B1DEA" w:rsidP="001B1DEA">
+    <w:p w14:paraId="71DD9A1D" w14:textId="48C77B29" w:rsidR="001B1DEA" w:rsidRDefault="001B1DEA" w:rsidP="001B1DEA">
       <w:pPr>
         <w:ind w:firstLine="680"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A743F8">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">5.1.2. </w:t>
       </w:r>
       <w:r w:rsidR="00B454E3">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
@@ -799,76 +770,104 @@
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E95A1D">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>pranešimas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002E0DAF">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">žinute/laišku </w:t>
-[...6 lines deleted...]
-        <w:t>TAMO dienyne</w:t>
+        <w:t>žinute/</w:t>
+      </w:r>
+      <w:r w:rsidR="00997A61">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">elektroniniu </w:t>
+      </w:r>
+      <w:r w:rsidR="002E0DAF">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">laišku </w:t>
+      </w:r>
+      <w:r w:rsidR="00997A61">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>klasės auklėtojui</w:t>
       </w:r>
       <w:r w:rsidR="00877F9E">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> kad buvo kreiptasi į asmens sveikatos priežiūros įstaigą;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5D6E3ADA" w14:textId="13BDE042" w:rsidR="001B1DEA" w:rsidRPr="00A743F8" w:rsidRDefault="001B1DEA" w:rsidP="001B1DEA">
+        <w:t xml:space="preserve"> kad buvo kreiptasi į asmens sveikatos priežiūros įstaigą</w:t>
+      </w:r>
+      <w:r w:rsidR="00997A61">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>. Pateisinimas galioja iki mokinio atėjimo į mokyklą</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D6E3ADA" w14:textId="2D0EE798" w:rsidR="001B1DEA" w:rsidRPr="00A743F8" w:rsidRDefault="001B1DEA" w:rsidP="001B1DEA">
       <w:pPr>
         <w:ind w:firstLine="680"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A743F8">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">5.2. kitų svarbių </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>asmeninių priežasčių, nepilnamečio mokinio tėvų (globėjų, rūpintojų) prašymu</w:t>
       </w:r>
       <w:r w:rsidR="00877F9E">
         <w:rPr>
           <w:szCs w:val="24"/>
@@ -964,149 +963,163 @@
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="00197A9D" w:rsidRPr="00A743F8">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>okinio šeimos aplinkoje, pažintinė kelionė su tėvais (ne daugiau kaip</w:t>
       </w:r>
       <w:r w:rsidR="00197A9D" w:rsidRPr="0078055E">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5 </w:t>
       </w:r>
       <w:r w:rsidR="00197A9D" w:rsidRPr="00A743F8">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">dienos per mokslo metus)  arba </w:t>
+        <w:t>dienos per mokslo metus</w:t>
+      </w:r>
+      <w:r w:rsidR="00997A61">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00197A9D" w:rsidRPr="00A743F8">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="002612FD">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00197A9D" w:rsidRPr="00A743F8">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Klasės</w:t>
+      </w:r>
+      <w:r w:rsidR="00997A61">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00197A9D" w:rsidRPr="00A743F8">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">auklėtojas </w:t>
       </w:r>
       <w:r w:rsidRPr="00A743F8">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>pateikus pagrindžiančių tai dokumentų kopijas</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t>pateisin</w:t>
+      </w:r>
+      <w:r w:rsidR="00C205A8" w:rsidRPr="00A743F8">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00A743F8">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>a</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">Klasės mokytojas/auklėtojas </w:t>
+        <w:t xml:space="preserve"> pavienes pamokas</w:t>
+      </w:r>
+      <w:r w:rsidR="00710F4B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (35 pamokas</w:t>
+      </w:r>
+      <w:r w:rsidR="000C4055" w:rsidRPr="00A743F8">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> per pusmetį)</w:t>
       </w:r>
       <w:r w:rsidRPr="00A743F8">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>pateisin</w:t>
-[...6 lines deleted...]
-        <w:t>a</w:t>
+        <w:t xml:space="preserve">, kuriose </w:t>
+      </w:r>
+      <w:r w:rsidR="00514D12">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>M</w:t>
       </w:r>
       <w:r w:rsidRPr="00A743F8">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pavienes pamokas</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> per pusmetį)</w:t>
+        <w:t>okinys nedalyvavo dėl svarbių asmeninių priežasčių, nepilnamečio mokinio tėvų (globėjų, rūpintojų) prašymu</w:t>
+      </w:r>
+      <w:r w:rsidR="00997A61">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (žinute/elektroniniu laišku)</w:t>
       </w:r>
       <w:r w:rsidRPr="00A743F8">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">, kuriose </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">okinys nedalyvavo dėl svarbių asmeninių priežasčių, nepilnamečio mokinio tėvų (globėjų, rūpintojų) prašymu ir nurodžius priežastis. </w:t>
+        <w:t xml:space="preserve"> nurodžius priežastis. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68D4A1D2" w14:textId="72E2C180" w:rsidR="001B1DEA" w:rsidRDefault="001B1DEA" w:rsidP="001B1DEA">
       <w:pPr>
         <w:ind w:firstLine="680"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">5.3. nepalankių oro sąlygų, įvykių, susijusių su mokykliniu ar </w:t>
       </w:r>
       <w:r w:rsidR="00A743F8" w:rsidRPr="00A743F8">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">šeimos narių </w:t>
       </w:r>
@@ -1158,185 +1171,206 @@
           <w:rFonts w:eastAsia="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>force majeure</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="000C4055">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> aplinkybių;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4050F352" w14:textId="57921161" w:rsidR="001B1DEA" w:rsidRPr="0078055E" w:rsidRDefault="001B1DEA" w:rsidP="001B1DEA">
+    <w:p w14:paraId="4050F352" w14:textId="62A58BA6" w:rsidR="001B1DEA" w:rsidRPr="0078055E" w:rsidRDefault="001B1DEA" w:rsidP="001B1DEA">
       <w:pPr>
         <w:ind w:firstLine="680"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A743F8">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
+        <w:t xml:space="preserve">5.4. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B454E3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">okinio dalyvavimo sporto varžybose, olimpiadoje ir/ar kitame ugdomajame renginyje (toliau – </w:t>
+      </w:r>
+      <w:r w:rsidR="004E36C0">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="000C4055">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">enginys), kuris organizuojamas </w:t>
+      </w:r>
+      <w:r w:rsidR="00514D12">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">okyklos, kurioje mokosi, arba kitų institucijų ar įstaigų. </w:t>
+      </w:r>
+      <w:r w:rsidR="000C4055" w:rsidRPr="009029A6">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jei Renginį </w:t>
+      </w:r>
+      <w:r w:rsidR="000C4055" w:rsidRPr="0078055E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>organizuoja ne M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078055E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">okykla, kurioje mokosi, o kita institucija ar įstaiga, nepilnamečio </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078055E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">5.4. </w:t>
-[...48 lines deleted...]
-        <w:t xml:space="preserve">Jei Renginį </w:t>
+        <w:t>mokinio tėvai (globėja</w:t>
       </w:r>
       <w:r w:rsidR="000C4055" w:rsidRPr="0078055E">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>organizuoja ne M</w:t>
+        <w:t>i, rūpinto</w:t>
+      </w:r>
+      <w:r w:rsidR="001359B0" w:rsidRPr="0078055E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>jai), dėl dalyvavimo Renginyje klasės mokytojui/auklėtojui</w:t>
       </w:r>
       <w:r w:rsidRPr="0078055E">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>okykla, kurioje mokosi, o kita institucija ar įstaiga, nepilnamečio mokinio tėvai (globėja</w:t>
-[...6 lines deleted...]
-        <w:t>i, rūpinto</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001359B0" w:rsidRPr="0078055E">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>jai), dėl dalyvavimo Renginyje klasės mokytojui/auklėtojui</w:t>
+        <w:t>pateik</w:t>
       </w:r>
       <w:r w:rsidRPr="0078055E">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="001359B0" w:rsidRPr="0078055E">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>pateik</w:t>
+        <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="0078055E">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>i</w:t>
+        <w:t xml:space="preserve"> prašymą</w:t>
+      </w:r>
+      <w:r w:rsidR="00997A61">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (žinute/elektroniniu laišku)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078055E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dėl praleistų pamokų pateisinimo </w:t>
       </w:r>
       <w:r w:rsidR="001359B0" w:rsidRPr="0078055E">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>a</w:t>
-[...13 lines deleted...]
-        <w:t>žiančių dokumentų kopijos) iki R</w:t>
+        <w:t xml:space="preserve"> iki R</w:t>
       </w:r>
       <w:r w:rsidRPr="0078055E">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>enginio arba ne vėliau ka</w:t>
       </w:r>
       <w:r w:rsidR="001359B0" w:rsidRPr="0078055E">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>ip kitą darbo dieną po jo arba R</w:t>
       </w:r>
       <w:r w:rsidRPr="0078055E">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>enginį organizuojan</w:t>
       </w:r>
       <w:r w:rsidR="00A743F8" w:rsidRPr="0078055E">
         <w:rPr>
           <w:szCs w:val="24"/>
@@ -1410,93 +1444,135 @@
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">okiniui suteikus </w:t>
       </w:r>
       <w:r w:rsidRPr="0078055E">
         <w:t xml:space="preserve">poilsio dienas </w:t>
       </w:r>
       <w:r w:rsidR="001359B0">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>už atstovavimą M</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>okyklai varžybose, konkursuose, olimpiadose per atostogas, savaitgalio ar švenčių dienomis; taip pat suteikus laisvą nuo pamokų laiką pasiruošti dalyvauti šalies ir tarptautinėse olimpiadose, varžybose; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BAB53FA" w14:textId="40140A5F" w:rsidR="001B1DEA" w:rsidRDefault="001B1DEA" w:rsidP="001B1DEA">
+    <w:p w14:paraId="3BAB53FA" w14:textId="07DF400E" w:rsidR="001B1DEA" w:rsidRDefault="001B1DEA" w:rsidP="001B1DEA">
       <w:pPr>
         <w:ind w:firstLine="680"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A743F8">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">5.6. </w:t>
       </w:r>
       <w:r w:rsidR="009131DF">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">okinio tikslinio kvietimo atvykti į valstybinę ar savivaldybės instituciją ar įstaigą (pvz., pedagoginę psichologinę tarnybą, Valstybės vaiko teisių apsaugos ir įvaikinimo tarnybą prie Socialinės apsaugos ir darbo ministerijos (toliau – Tarnyba) ar jos įgaliotą teritorinį skyrių, teismą ir kt.), nepilnamečio mokinio tėvams (globėjams, rūpintojams) </w:t>
-[...13 lines deleted...]
-        <w:t>okykloje nustatyta tvarka pranešus dėl tokio poreikio;</w:t>
+        <w:t>okinio tikslinio kvietimo atvykti į valstybinę ar savivaldybės instituciją ar įstaigą (pvz., pedagoginę psichologinę tarnybą, Valstybės vaiko teisių apsaugos ir įvaikinimo tarnybą prie Socialinės apsaugos ir darbo ministerijos (toliau – Tarnyba) ar jos įgaliotą teritorinį skyrių, teismą ir kt.), nepilnamečio mokinio tėva</w:t>
+      </w:r>
+      <w:r w:rsidR="00997A61">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (globėja</w:t>
+      </w:r>
+      <w:r w:rsidR="00997A61">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>, rūpintoja</w:t>
+      </w:r>
+      <w:r w:rsidR="00997A61">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00997A61">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>praneša žinute/elektroniniu laišku klasės auklėtojui</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36C1612F" w14:textId="013B9987" w:rsidR="001B1DEA" w:rsidRDefault="001B1DEA" w:rsidP="001B1DEA">
       <w:pPr>
         <w:ind w:firstLine="680"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A743F8">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">5.7. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">dėl atsiradusių sveikatos sutrikimų </w:t>
       </w:r>
@@ -1657,149 +1733,116 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A743F8">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">papunkčiuose pateisina </w:t>
       </w:r>
       <w:r w:rsidR="00A743F8">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>klasės mokytojas/auklėtojas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02A62E5F" w14:textId="3A794939" w:rsidR="001B1DEA" w:rsidRPr="004D4402" w:rsidRDefault="001B1DEA" w:rsidP="004D4402">
+    <w:p w14:paraId="02A62E5F" w14:textId="1A208E40" w:rsidR="001B1DEA" w:rsidRPr="004D4402" w:rsidRDefault="001B1DEA" w:rsidP="004D4402">
       <w:pPr>
         <w:ind w:firstLine="680"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>7. Nepilnamečio mokinio tėvai (globėjai, rūpintojai) raštu pateisina Tvarkos aprašo 5.1.1 papunktyje nustatytą praleistų mokymosi dienų skaičių ir Tvarkos aprašo 5.3</w:t>
       </w:r>
       <w:r w:rsidR="009131DF">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> papunktyje nustatytais atvejais, išskyrus atvejį, jei į </w:t>
       </w:r>
       <w:r w:rsidR="00994BD6">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>okyklą vykstama mokykliniu autobusu, mokymosi dienas ir (ar) nedalyvavimą pamokoje (-</w:t>
-[...45 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">okyklą vykstama mokykliniu autobusu, mokymosi dienas ir (ar) nedalyvavimą pamokoje (-ose) </w:t>
+      </w:r>
+      <w:r w:rsidR="00997A61">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>ne vėliau kaip per pirmas penkias kalendorines kito</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">ar </w:t>
+      <w:r w:rsidR="00997A61">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mėnesio dienas </w:t>
       </w:r>
       <w:r w:rsidRPr="00FD1D27">
-        <w:t>elektroninį dokumentą</w:t>
+        <w:t>ą</w:t>
       </w:r>
       <w:r w:rsidR="00994BD6" w:rsidRPr="00FD1D27">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD1D27">
         <w:t>parašydami e. laišką, nusiųsdami žinutę telefonu a</w:t>
       </w:r>
       <w:r w:rsidR="001359B0" w:rsidRPr="00FD1D27">
         <w:t xml:space="preserve">r laišką TAMO </w:t>
       </w:r>
       <w:r w:rsidR="004D4402" w:rsidRPr="00FD1D27">
         <w:t xml:space="preserve"> dienyne</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD1D27">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD1D27">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C4D9D12" w14:textId="77777777" w:rsidR="001B1DEA" w:rsidRDefault="001B1DEA" w:rsidP="001B1DEA">
@@ -2008,107 +2051,156 @@
         </w:rPr>
         <w:t xml:space="preserve">mokytojui/auklėtojui </w:t>
       </w:r>
       <w:r w:rsidR="001B1DEA">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">apie neatvykimo į </w:t>
       </w:r>
       <w:r w:rsidR="00994BD6">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="001B1DEA">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">okyklą ar nedalyvavimo pamokoje priežastis; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AF3C1DB" w14:textId="0040D742" w:rsidR="001B1DEA" w:rsidRPr="00A743F8" w:rsidRDefault="00526019" w:rsidP="001B1DEA">
+    <w:p w14:paraId="3AF3C1DB" w14:textId="23C91541" w:rsidR="001B1DEA" w:rsidRPr="00A743F8" w:rsidRDefault="00526019" w:rsidP="001B1DEA">
       <w:pPr>
         <w:ind w:firstLine="680"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A743F8">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="001B1DEA" w:rsidRPr="00A743F8">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">.2. </w:t>
       </w:r>
       <w:r w:rsidR="00994BD6" w:rsidRPr="00A743F8">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="001B1DEA" w:rsidRPr="00A743F8">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>okykloje nustatyta tvarka</w:t>
       </w:r>
       <w:r w:rsidR="00994BD6" w:rsidRPr="00A743F8">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> nustatytu </w:t>
       </w:r>
       <w:r w:rsidR="00A743F8" w:rsidRPr="00A743F8">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>būdu</w:t>
       </w:r>
+      <w:r w:rsidR="009B4196">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A94281">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>žinute/</w:t>
+      </w:r>
+      <w:r w:rsidR="009B4196">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">elektroniniu </w:t>
+      </w:r>
+      <w:r w:rsidR="00A94281">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>laišku</w:t>
+      </w:r>
+      <w:r w:rsidR="009B4196">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar</w:t>
+      </w:r>
+      <w:r w:rsidR="00A94281">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> TAMO dienyne</w:t>
+      </w:r>
+      <w:r w:rsidR="00A94281" w:rsidRPr="00A743F8">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="001B1DEA" w:rsidRPr="00A743F8">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pranešti, </w:t>
+        <w:t xml:space="preserve">pranešti, </w:t>
       </w:r>
       <w:r w:rsidR="001B1DEA">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">kad dėl vaiko ligos buvo kreiptasi į asmens sveikatos priežiūros įstaigą, jei nepilnametis mokinys dėl ligos ar apsilankymo sveikatos priežiūros įstaigoje per kalendorinį mėnesį praleido daugiau nei 5 mokymosi </w:t>
       </w:r>
       <w:r w:rsidR="001B1DEA" w:rsidRPr="00A743F8">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>dienas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3460B897" w14:textId="7035F209" w:rsidR="001B1DEA" w:rsidRPr="00A743F8" w:rsidRDefault="00526019" w:rsidP="001B1DEA">
       <w:pPr>
         <w:ind w:firstLine="680"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
@@ -2409,51 +2501,50 @@
         </w:rPr>
         <w:t xml:space="preserve"> Klasės mokytojas/auklėtojas </w:t>
       </w:r>
       <w:r w:rsidR="00432EEE">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>pateikia informaciją:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4465013A" w14:textId="77777777" w:rsidR="00432EEE" w:rsidRDefault="00432EEE" w:rsidP="00536E62">
       <w:pPr>
         <w:ind w:firstLine="680"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">10.1. Mokiniams, jų tėvams (globėjams, rūpintojams) </w:t>
       </w:r>
       <w:r w:rsidR="001B1DEA" w:rsidRPr="00C07FEF">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Tvarkos aprašo </w:t>
       </w:r>
       <w:r w:rsidR="00FE16A7" w:rsidRPr="00C07FEF">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="001B1DEA" w:rsidRPr="00C07FEF">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>.3</w:t>
       </w:r>
       <w:r w:rsidR="00C07FEF" w:rsidRPr="00C07FEF">
         <w:rPr>
@@ -2605,51 +2696,59 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="af-ZA" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">reguliariai lankyti Mokyklą, be pateisinamos priežasties nepraleisti pamokų ir (ar) </w:t>
       </w:r>
       <w:r w:rsidR="00536E62" w:rsidRPr="0078055E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="af-ZA" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">kitų privalomų ugdymo proceso užsiėmimų, </w:t>
       </w:r>
       <w:r w:rsidR="00536E62" w:rsidRPr="0078055E">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="af-ZA" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>per kalendorinį m</w:t>
       </w:r>
       <w:r w:rsidR="00536E62">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="af-ZA" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">ėnesį praleidžia daugiau mokymosi dienų, nei numatoma Tvarkos aprašo 5.1.1 ir 5.2. papunkčiuose, arba nėra informacijos ir pagrindžiančių </w:t>
+        <w:t xml:space="preserve">ėnesį praleidžia daugiau mokymosi dienų, nei numatoma Tvarkos aprašo 5.1.1 ir </w:t>
+      </w:r>
+      <w:r w:rsidR="00536E62">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="af-ZA" w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">5.2. papunkčiuose, arba nėra informacijos ir pagrindžiančių </w:t>
       </w:r>
       <w:r w:rsidR="00536E62" w:rsidRPr="00FD1D27">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="af-ZA" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>dokumentų dėl kitų Tvarkos aprašo 5 punkte nurodytų priežasčių nelankyti Mokyklos (pamokų)</w:t>
       </w:r>
       <w:r w:rsidR="00D34841">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="af-ZA" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> infuormuoja raštu Mokyklos socialinį pedagogą. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6595BA05" w14:textId="77777777" w:rsidR="001B1DEA" w:rsidRDefault="001B1DEA" w:rsidP="001B1DEA">
       <w:pPr>
         <w:ind w:firstLine="680"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
@@ -4176,118 +4275,110 @@
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>tikrinimo tvarką</w:t>
       </w:r>
       <w:r w:rsidR="001B1DEA" w:rsidRPr="002B557F">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">, sudarydama ar keisdama mokymo sutartis, vadovaujasi Tvarkos aprašu. Mokinių </w:t>
       </w:r>
       <w:r w:rsidR="00E37C37" w:rsidRPr="002B557F">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="001B1DEA" w:rsidRPr="002B557F">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">okyklos lankomumo </w:t>
+        <w:t xml:space="preserve">okyklos lankomumo užtikrinimo tvarką tvirtina </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD0976" w:rsidRPr="002B557F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="001B1DEA" w:rsidRPr="002B557F">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">užtikrinimo tvarką tvirtina </w:t>
+        <w:t xml:space="preserve">okyklos vadovas, suderinęs su </w:t>
       </w:r>
       <w:r w:rsidR="00FD0976" w:rsidRPr="002B557F">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="001B1DEA" w:rsidRPr="002B557F">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">okyklos vadovas, suderinęs su </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FD0976" w:rsidRPr="002B557F">
+        <w:t xml:space="preserve">okyklos taryba. Mokinių </w:t>
+      </w:r>
+      <w:r w:rsidR="00E37C37" w:rsidRPr="002B557F">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="001B1DEA" w:rsidRPr="002B557F">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">okyklos taryba. Mokinių </w:t>
+        <w:t xml:space="preserve">okyklos lankomumo užtikrinimo tvarka skelbiama viešai </w:t>
       </w:r>
       <w:r w:rsidR="00E37C37" w:rsidRPr="002B557F">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="001B1DEA" w:rsidRPr="002B557F">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">okyklos lankomumo užtikrinimo tvarka skelbiama viešai </w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">okyklos interneto svetainėje. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23B343D1" w14:textId="4ECB2514" w:rsidR="001B1DEA" w:rsidRPr="00C64564" w:rsidRDefault="007A209E" w:rsidP="001B1DEA">
+    <w:p w14:paraId="23B343D1" w14:textId="529D847A" w:rsidR="001B1DEA" w:rsidRPr="00C64564" w:rsidRDefault="007A209E" w:rsidP="001B1DEA">
       <w:pPr>
         <w:ind w:firstLine="680"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C64564">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>19</w:t>
       </w:r>
       <w:r w:rsidR="001B1DEA" w:rsidRPr="00C64564">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">. Su </w:t>
       </w:r>
       <w:r w:rsidR="00E37C37" w:rsidRPr="00C64564">
         <w:rPr>
           <w:szCs w:val="24"/>
@@ -4362,65 +4453,101 @@
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="001B1DEA" w:rsidRPr="00C64564">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">okinių lankomumo užtikrinimą </w:t>
       </w:r>
       <w:r w:rsidR="00E37C37" w:rsidRPr="00C64564">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="001B1DEA" w:rsidRPr="00C64564">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">okykloje atsakingus asmenis </w:t>
-[...6 lines deleted...]
-        <w:t>M</w:t>
+        <w:t>okykloje atsakingus asmenis</w:t>
+      </w:r>
+      <w:r w:rsidR="009B4196">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="001B1DEA" w:rsidRPr="00C64564">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>okykloje nustatyta tvarka.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B4196">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>paskelbia mokyklos svetainėje,</w:t>
+      </w:r>
+      <w:r w:rsidR="003E2798">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> periodiškai </w:t>
+      </w:r>
+      <w:r w:rsidR="003E2798">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>(ne rečiau kaip vieną kartą per metus)</w:t>
+      </w:r>
+      <w:r w:rsidR="009B4196">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> išsiunčia elektroninius pranešimus TAMO dienyne, supažindina klasės mokinių ir tėvų susirinkimų metu</w:t>
+      </w:r>
+      <w:r w:rsidR="001B1DEA" w:rsidRPr="00C64564">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00FD0976" w:rsidRPr="00C64564">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F3D6F5C" w14:textId="3D04DD8B" w:rsidR="001B1DEA" w:rsidRDefault="001B1DEA" w:rsidP="001B1DEA">
       <w:pPr>
         <w:ind w:firstLine="680"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
@@ -4509,139 +4636,143 @@
       <w:r w:rsidR="00196420">
         <w:t>3</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="724A963F" w14:textId="77777777" w:rsidR="00F85274" w:rsidRDefault="00F85274" w:rsidP="00E37C37">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79FE288E" w14:textId="77777777" w:rsidR="00F85274" w:rsidRDefault="00F85274" w:rsidP="00E37C37">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00F85274" w:rsidSect="00F85274">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001B1DEA"/>
     <w:rsid w:val="00014B1C"/>
     <w:rsid w:val="00027E3C"/>
     <w:rsid w:val="000C4055"/>
     <w:rsid w:val="00123867"/>
     <w:rsid w:val="00123A75"/>
     <w:rsid w:val="001359B0"/>
     <w:rsid w:val="00196420"/>
     <w:rsid w:val="00197A9D"/>
     <w:rsid w:val="001B1DEA"/>
     <w:rsid w:val="002612FD"/>
     <w:rsid w:val="002B557F"/>
     <w:rsid w:val="002E0DAF"/>
+    <w:rsid w:val="00316F91"/>
     <w:rsid w:val="00327E09"/>
     <w:rsid w:val="00347EF9"/>
     <w:rsid w:val="00354001"/>
     <w:rsid w:val="003711A6"/>
     <w:rsid w:val="003C3A12"/>
+    <w:rsid w:val="003E2798"/>
     <w:rsid w:val="00432EEE"/>
     <w:rsid w:val="00486966"/>
     <w:rsid w:val="004D4402"/>
     <w:rsid w:val="004E36C0"/>
     <w:rsid w:val="00514445"/>
     <w:rsid w:val="00514D12"/>
     <w:rsid w:val="00526019"/>
     <w:rsid w:val="00536E62"/>
     <w:rsid w:val="00555A9A"/>
     <w:rsid w:val="0060464B"/>
     <w:rsid w:val="00634F4A"/>
     <w:rsid w:val="00641F0C"/>
     <w:rsid w:val="00674987"/>
     <w:rsid w:val="006E5ACC"/>
     <w:rsid w:val="006F0131"/>
     <w:rsid w:val="00707048"/>
     <w:rsid w:val="00710F4B"/>
     <w:rsid w:val="0078055E"/>
     <w:rsid w:val="007A209E"/>
     <w:rsid w:val="00877F9E"/>
     <w:rsid w:val="00886CC1"/>
     <w:rsid w:val="009029A6"/>
     <w:rsid w:val="009131DF"/>
     <w:rsid w:val="009628EA"/>
     <w:rsid w:val="00994BD6"/>
     <w:rsid w:val="00996129"/>
+    <w:rsid w:val="00997A61"/>
+    <w:rsid w:val="009B4196"/>
     <w:rsid w:val="009B4D2F"/>
     <w:rsid w:val="009F1D3B"/>
     <w:rsid w:val="00A127F9"/>
     <w:rsid w:val="00A743F8"/>
+    <w:rsid w:val="00A94281"/>
     <w:rsid w:val="00AE64BB"/>
     <w:rsid w:val="00B454E3"/>
     <w:rsid w:val="00B67EE0"/>
     <w:rsid w:val="00B725FE"/>
     <w:rsid w:val="00B95DA3"/>
     <w:rsid w:val="00BB4574"/>
     <w:rsid w:val="00C07FEF"/>
     <w:rsid w:val="00C205A8"/>
     <w:rsid w:val="00C42E19"/>
     <w:rsid w:val="00C617AD"/>
     <w:rsid w:val="00C64564"/>
     <w:rsid w:val="00C6472F"/>
     <w:rsid w:val="00C72375"/>
     <w:rsid w:val="00D34841"/>
     <w:rsid w:val="00D41DD1"/>
     <w:rsid w:val="00DB33F0"/>
     <w:rsid w:val="00DB6CFF"/>
     <w:rsid w:val="00E20D60"/>
     <w:rsid w:val="00E37C37"/>
     <w:rsid w:val="00E74417"/>
     <w:rsid w:val="00E95A1D"/>
     <w:rsid w:val="00F249C7"/>
     <w:rsid w:val="00F361E3"/>
     <w:rsid w:val="00F85274"/>
     <w:rsid w:val="00FB0A6C"/>
@@ -4657,51 +4788,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0F7980AE"/>
   <w15:docId w15:val="{E9A61F43-4166-4CFD-AFFB-709D07699691}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5099,51 +5230,51 @@
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -5631,78 +5762,78 @@
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9946da52-1da0-47a3-a009-ed6cfe8e868b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{99909D96-EDFE-41AF-A242-6A18D4462EAF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1684</Words>
-  <Characters>9601</Characters>
+  <Words>7239</Words>
+  <Characters>4127</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>80</Lines>
+  <Lines>34</Lines>
   <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11263</CharactersWithSpaces>
+  <CharactersWithSpaces>11344</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Gražina Kigaitė</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010003F3D02087E40F4D8A492C75834B56FC</vt:lpwstr>
   </property>
 </Properties>
 </file>